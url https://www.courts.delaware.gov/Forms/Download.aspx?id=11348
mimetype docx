--- v0 (2025-10-10)
+++ v1 (2026-03-09)
@@ -5,68 +5,70 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="33EAE861" w14:textId="13B127CB" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="000104ED" w:rsidP="00DC0D77">
+    <w:p w14:paraId="33EAE861" w14:textId="13B127CB" w:rsidR="00DC0D77" w:rsidRPr="00B07702" w:rsidRDefault="000104ED" w:rsidP="001C2055">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B07702">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="488D175E" wp14:editId="515F24BC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2832100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-554355</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1193800" cy="1193800"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="A picture containing text, ceramic ware, porcelain&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="A picture containing text, ceramic ware, porcelain&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -81,6974 +83,5728 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1193800" cy="1193800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00DC0D77" w:rsidRPr="00DC0D77">
+      <w:r w:rsidR="00DC0D77" w:rsidRPr="00B07702">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E133A1" w14:textId="01502DB1" w:rsidR="00F84C95" w:rsidRDefault="00DC0D77" w:rsidP="00F84C95">
+    <w:p w14:paraId="06383134" w14:textId="1C15366D" w:rsidR="00F84C95" w:rsidRPr="001C2055" w:rsidRDefault="00DC0D77" w:rsidP="00052C99">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> New Castle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check2"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check3"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sussex </w:t>
+      </w:r>
+      <w:r w:rsidR="00B712DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4860"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="4661"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="179"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="2092"/>
+        <w:gridCol w:w="2077"/>
+        <w:gridCol w:w="504"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F84C95" w14:paraId="24C74202" w14:textId="77777777" w:rsidTr="00F84C95">
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="24C74202" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21FD068F" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="21FD068F" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07FB62CE" w14:textId="1213F079" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="7E9FD02C" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="520A330E" w14:textId="6C557F18" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="07FB62CE" w14:textId="5E1249A3" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53CC54E6" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="520A330E" w14:textId="6C557F18" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53CC54E6" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4850" w:type="dxa"/>
+            <w:tcW w:w="4673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C495823" w14:textId="29B65AF6" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="7C495823" w14:textId="29B65AF6" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84C95" w14:paraId="318F787A" w14:textId="77777777" w:rsidTr="004F183E">
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="318F787A" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="272358D7" w14:textId="235D197B" w:rsidR="00F84C95" w:rsidRDefault="004F183E" w:rsidP="004F183E">
+          <w:p w14:paraId="272358D7" w14:textId="235D197B" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text3"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A11FE67" w14:textId="6152235C" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="7084D9ED" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F59734F" w14:textId="7DD47743" w:rsidR="00F84C95" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="1A11FE67" w14:textId="54021FA5" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45F02B35" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="3F59734F" w14:textId="7DD47743" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45F02B35" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4850" w:type="dxa"/>
+            <w:tcW w:w="4673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65A978E3" w14:textId="002C7E26" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="65A978E3" w14:textId="002C7E26" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F183E" w14:paraId="479044AB" w14:textId="77777777" w:rsidTr="004F183E">
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="479044AB" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6AE14D" w14:textId="385A19FD" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00F84C95">
+          <w:p w14:paraId="2A6AE14D" w14:textId="385A19FD" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petitioner,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5005AC27" w14:textId="5691976C" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="7F78374F" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04AA3774" w14:textId="5AF036DB" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="5005AC27" w14:textId="33A942E6" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205F3978" w14:textId="77777777" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="04AA3774" w14:textId="5AF036DB" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2214E5E8" w14:textId="7626CB6D" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="205F3978" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2214E5E8" w14:textId="7626CB6D" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>File Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16C4BD71" w14:textId="66196520" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="004F183E">
+          <w:p w14:paraId="16C4BD71" w14:textId="66196520" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text2"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="111E041B" w14:textId="5940B2B6" w:rsidR="004F183E" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="111E041B" w14:textId="5940B2B6" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84C95" w14:paraId="14525F4C" w14:textId="77777777" w:rsidTr="00F84C95">
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="5089B484" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3671B4B4" w14:textId="0A476ECA" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6073D3CF" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="029575A1" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7913B9E6" w14:textId="432E40AC" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="00464F53" w14:textId="41EED606" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04CFADE3" w14:textId="4C755097" w:rsidR="00F84C95" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="245DD97A" w14:textId="4BA19350" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6697BAAF" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="6238E789" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4850" w:type="dxa"/>
+            <w:tcW w:w="4673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E4E7E5C" w14:textId="3C175800" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="3F6CEB3F" w14:textId="3E306900" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84C95" w14:paraId="5089B484" w14:textId="77777777" w:rsidTr="00E510EB">
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="69E89FD3" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3671B4B4" w14:textId="0A476ECA" w:rsidR="00F84C95" w:rsidRDefault="004F183E" w:rsidP="00E510EB">
+          <w:p w14:paraId="73A3CD8B" w14:textId="02EBBC7D" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text4"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00464F53" w14:textId="133369E2" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="1B2ADC0D" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="180" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="245DD97A" w14:textId="4BA19350" w:rsidR="00F84C95" w:rsidRDefault="004F183E" w:rsidP="00BF2889">
+          <w:p w14:paraId="0A500D1A" w14:textId="3ACE65F9" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6238E789" w14:textId="77777777" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="3C135179" w14:textId="797F6E0E" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C9A5E6" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4850" w:type="dxa"/>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="254E4DD3" w14:textId="1A26A5A7" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petition Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="480C5219" w14:textId="2CE79FBC" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="00B712DC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text1"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C295D2F" w14:textId="6176CAC8" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B712DC" w:rsidRPr="001C2055" w14:paraId="273469CD" w14:textId="77777777" w:rsidTr="00B712DC">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23614902" w14:textId="7BD7C6CF" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Respondent,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A4872C0" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7965475D" w14:textId="564899FD" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D6FAC3A" w14:textId="28AE0866" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22BDF870" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4673" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F6CEB3F" w14:textId="3E306900" w:rsidR="00F84C95" w:rsidRDefault="00F84C95" w:rsidP="00BF2889">
+          <w:p w14:paraId="002F0737" w14:textId="1D9CC854" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-[...711 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="005B83FC" w14:textId="77777777" w:rsidR="004F183E" w:rsidRPr="004F183E" w:rsidRDefault="004F183E" w:rsidP="004F183E">
+    <w:p w14:paraId="005B83FC" w14:textId="77777777" w:rsidR="004F183E" w:rsidRPr="001C2055" w:rsidRDefault="004F183E" w:rsidP="001C2055">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="2471"/>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="36533BD4" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="36533BD4" w14:textId="77777777" w:rsidTr="001C2055">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7301" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="600EE425" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="600EE425" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F183E">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="710840E6" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="0FCC7997" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
-[...42 lines deleted...]
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64AEA506" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="64AEA506" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Street Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFDBF8F" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="1AFDBF8F" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text5"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13AA8567" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="13AA8567" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="27BFFFB3" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="209A1815" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="32616009" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="0BC148E7" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apartment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1116755A" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="1116755A" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text6"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25A0B059" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="25A0B059" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="30BF6AC5" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="36392DEE" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="529A979F" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="3A6FD3D8" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/Zip Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1EDBDC" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="6F1EDBDC" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text7"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE57153" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="004F183E" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="0DE57153" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="75977FDA" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="1F7FB4BD" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:val="77"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA3E6D1" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="005C1BC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="5010CD6C" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...3 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA5928F" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="005C1BC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="2FA5928F" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF4481E" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="005C1BC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="7DF4481E" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="4DACA9BF" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="43996F3B" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="97"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01458AA9" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="73F8F4A0" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30CDA213" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="30CDA213" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCF87CB" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="005C1BC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="5BCF87CB" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154AC3" w:rsidRPr="004F183E" w14:paraId="04A948D3" w14:textId="77777777" w:rsidTr="00A96E8E">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="4518ECD2" w14:textId="77777777" w:rsidTr="00B712DC">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="97"/>
+          <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="704D0744" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="6D5B7063" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:jc w:val="right"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2471" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67F36678" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="67F36678" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cellphone        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAF07FF" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="7FAF07FF" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="00B712DC">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Landline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="78D2ABE2" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="005C1BC3" w:rsidRDefault="00154AC3" w:rsidP="00A96E8E">
+          <w:p w14:paraId="78D2ABE2" w14:textId="77777777" w:rsidR="00154AC3" w:rsidRPr="001C2055" w:rsidRDefault="00154AC3" w:rsidP="001C2055">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="6"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A53CE20" w14:textId="77777777" w:rsidR="00BF2889" w:rsidRDefault="00BF2889" w:rsidP="00DC0D77">
+    <w:p w14:paraId="6A53CE20" w14:textId="77777777" w:rsidR="00BF2889" w:rsidRPr="001C2055" w:rsidRDefault="00BF2889" w:rsidP="001C2055">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FBAE519" w14:textId="012A5087" w:rsidR="005C1BC3" w:rsidRDefault="00366B2C" w:rsidP="00F84C95">
+    <w:p w14:paraId="2FBAE519" w14:textId="012A5087" w:rsidR="005C1BC3" w:rsidRPr="001C2055" w:rsidRDefault="00366B2C" w:rsidP="00052C99">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00366B2C">
+      <w:r w:rsidRPr="001C2055">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNSWORN DECLARATION </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1BC3" w:rsidRPr="001C2055">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00366B2C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OF APPEARANCE IN DIVORCE/ANNULMENT ACTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46814BB1" w14:textId="720972E5" w:rsidR="005C1BC3" w:rsidRPr="001C2055" w:rsidRDefault="005C1BC3" w:rsidP="00052C99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> D</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AND NOTICE OF INJUNCTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8B85EB" w14:textId="66434B0C" w:rsidR="00AD643A" w:rsidRPr="00AD643A" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3823"/>
+          <w:tab w:val="left" w:pos="5443"/>
+          <w:tab w:val="left" w:pos="6253"/>
+          <w:tab w:val="left" w:pos="8863"/>
+          <w:tab w:val="left" w:pos="9057"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BE IT REMEMBERED, that on this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text9"/>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:t>OF APPEARANCE IN DIVORCE/ANNULMENT ACTION</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>day of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text10"/>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="Text11"/>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD643A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46814BB1" w14:textId="3D04B946" w:rsidR="005C1BC3" w:rsidRDefault="005C1BC3" w:rsidP="00C07422">
+    <w:p w14:paraId="4C9D72B2" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pursuant to Section 3927 of Title 10 of the Delaware Code, Family Court Standing Order #3, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F45E6D6" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rule 79.2 of the Family Court Rules of Civil Procedure, I declare under penalty of perjury under the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A114344" w14:textId="6BB97BEA" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laws of Delaware that the following is true and correct:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC5086B" w14:textId="5ABAB46F" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I am the respondent named in the above-captioned action for divorce/annulment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE0A180" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I have received a copy of the petition in such action and hereby enter an appearance in the </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A080EA" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>action. I submit to the jurisdiction of Family Court of the State of Delaware in all respects as if I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067E93E9" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">had been served personally within the State of Delaware, with process and copies of any </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3891E4DC" w14:textId="5F88BF06" w:rsidR="00AD643A" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>pleadings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483FDE7B" w14:textId="77777777" w:rsidR="00052C99" w:rsidRPr="001C2055" w:rsidRDefault="00052C99" w:rsidP="00052C99">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1564C6" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I understand that I </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have the opportunity to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file with the Court a response (Answer) within 20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC7C6BD" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">days. Following the 20 days, the case will process as appropriate. Note: The parties will </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A200D17" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>receive notice of the day and time of all proceedings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA2E953" w14:textId="77777777" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I understand the terms of the “Notice of Parties,” which appears on the second page of this </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A5ABCE" w14:textId="53088E0B" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>declaration, and I understand that I am bound by the terms of the Preliminary Injunction Order</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137B431A" w14:textId="1375DA19" w:rsidR="00AD643A" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="313"/>
+          <w:tab w:val="left" w:pos="690"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>cited in that notice.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC9F0AB" w14:textId="6E0635BB" w:rsidR="00AD643A" w:rsidRPr="00052C99" w:rsidRDefault="00052C99" w:rsidP="00E628E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5443"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...14 lines deleted...]
-        <w:br/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text12"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="Text12"/>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 _                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...2263 lines deleted...]
-    <w:p w14:paraId="16B91A94" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="16B91A94" w14:textId="2C018BF2" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="00AD643A" w:rsidP="00052C99">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5443"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Respondent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79657B76" w14:textId="292F7809" w:rsidR="00052C99" w:rsidRDefault="00052C99" w:rsidP="00E628E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2088"/>
+          <w:tab w:val="left" w:pos="3258"/>
+          <w:tab w:val="left" w:pos="4176"/>
+          <w:tab w:val="left" w:pos="6318"/>
+          <w:tab w:val="left" w:pos="6601"/>
+          <w:tab w:val="left" w:pos="7943"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Executed on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>day of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Dropdown1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:ddList>
+              <w:listEntry w:val="     "/>
+              <w:listEntry w:val="January"/>
+              <w:listEntry w:val="February"/>
+              <w:listEntry w:val="March"/>
+              <w:listEntry w:val="April"/>
+              <w:listEntry w:val="May"/>
+              <w:listEntry w:val="June"/>
+              <w:listEntry w:val="July"/>
+              <w:listEntry w:val="August"/>
+              <w:listEntry w:val="September"/>
+              <w:listEntry w:val="October"/>
+              <w:listEntry w:val="November"/>
+              <w:listEntry w:val="December"/>
+            </w:ddList>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Dropdown1"/>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00052C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056961C1" w14:textId="77777777" w:rsidR="00052C99" w:rsidRPr="001C2055" w:rsidRDefault="00052C99" w:rsidP="00E628E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2088"/>
+          <w:tab w:val="left" w:pos="3258"/>
+          <w:tab w:val="left" w:pos="4176"/>
+          <w:tab w:val="left" w:pos="6318"/>
+          <w:tab w:val="left" w:pos="6601"/>
+          <w:tab w:val="left" w:pos="7943"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="108"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="4518"/>
+        <w:gridCol w:w="6281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F0572C" w:rsidRPr="00F0572C" w14:paraId="6BC415C7" w14:textId="77777777" w:rsidTr="00384235">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="24D3B637" w14:textId="77777777" w:rsidTr="00E628E0">
         <w:trPr>
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10799" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76E2898E" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00F0572C" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="393441F9" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0572C" w:rsidRPr="00F0572C" w14:paraId="5DEE3C4D" w14:textId="77777777" w:rsidTr="00384235">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="65B011DA" w14:textId="77777777" w:rsidTr="00E628E0">
         <w:trPr>
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10799" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69021DC4" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C84639C" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00F0572C" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="113CD47A" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0572C" w:rsidRPr="00F0572C" w14:paraId="426AB2B3" w14:textId="77777777" w:rsidTr="00384235">
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="52701B73" w14:textId="77777777" w:rsidTr="00E628E0">
         <w:trPr>
-          <w:trHeight w:val="317"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA9C79D" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Printed Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="178C2DA4" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00384235" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="425BAFB2" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00384235">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="6D5DA864" w14:textId="77777777" w:rsidTr="00E628E0">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D9F82D" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>Executed on the</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="6281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12129152" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C2055" w:rsidRPr="001C2055" w14:paraId="59A1B9BB" w14:textId="77777777" w:rsidTr="00E628E0">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77BFB3FB" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00384235" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="3D11E79C" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text4"/>
+                  <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="918" w:type="dxa"/>
+            <w:tcW w:w="6281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1068A85C" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00384235" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="72EF1912" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="00E628E0">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0572C" w:rsidRPr="001C2055" w14:paraId="340880D0" w14:textId="77777777" w:rsidTr="00384235">
+        <w:trPr>
+          <w:trHeight w:val="317"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5F0DE1" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00384235">
+            <w:r w:rsidRPr="001C2055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>day of</w:t>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55A44D80" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="001C2055">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2055">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(Electronic signature is permitted – sign as “/s/Your Name”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
-[...98 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="6281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62CBA1CF" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="00384235" w:rsidRDefault="00F0572C" w:rsidP="00F0572C">
+          <w:p w14:paraId="1B3DFC65" w14:textId="77777777" w:rsidR="00F0572C" w:rsidRPr="001C2055" w:rsidRDefault="00F0572C" w:rsidP="001C2055">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w14:ligatures w14:val="none"/>
-[...734 lines deleted...]
-                <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="333F5531" w14:textId="77777777" w:rsidR="00E510EB" w:rsidRDefault="00E510EB" w:rsidP="007C77C2">
+    <w:p w14:paraId="333F5531" w14:textId="77777777" w:rsidR="00E510EB" w:rsidRPr="001C2055" w:rsidRDefault="00E510EB" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C364760" w14:textId="77777777" w:rsidR="00CF51A0" w:rsidRDefault="007C77C2" w:rsidP="00CF51A0">
+    <w:p w14:paraId="360BBD80" w14:textId="77777777" w:rsidR="00352CF7" w:rsidRPr="001C2055" w:rsidRDefault="00352CF7" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007C77C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AE8ACE5" w14:textId="3C5ECEF4" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="00CF51A0">
+    <w:p w14:paraId="518B00D9" w14:textId="77777777" w:rsidR="00352CF7" w:rsidRPr="001C2055" w:rsidRDefault="00352CF7" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="7D92A175" w14:textId="77777777" w:rsidR="001C2055" w:rsidRPr="001C2055" w:rsidRDefault="001C2055" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763039B4" w14:textId="77777777" w:rsidR="001C2055" w:rsidRPr="001C2055" w:rsidRDefault="001C2055" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53CD57C2" w14:textId="77777777" w:rsidR="001C2055" w:rsidRPr="001C2055" w:rsidRDefault="001C2055" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038A80AD" w14:textId="77777777" w:rsidR="001C2055" w:rsidRPr="001C2055" w:rsidRDefault="001C2055" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A360008" w14:textId="77777777" w:rsidR="00052C99" w:rsidRDefault="00052C99" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564636B6" w14:textId="77777777" w:rsidR="001A745A" w:rsidRDefault="001A745A" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C364760" w14:textId="773563E5" w:rsidR="00CF51A0" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NOTICE TO PARTIES IN DIVORCE OR ANNULMENT ACTION</w:t>
+      </w:r>
+      <w:r w:rsidR="007875DC" w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE8ACE5" w14:textId="3C5ECEF4" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Pursuant to the Order of the Chief Judge of the Family Court of the State of Delaware, on the filing of this divorce or annulment action, each party is prohibited by statute (13 </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C77C2">
+      <w:r w:rsidRPr="001C2055">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Del. C.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>§ 1509) from:</w:t>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 1509) from:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3DAD8C" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="7B3DAD8C" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E795675" w14:textId="06ABAD80" w:rsidR="007C77C2" w:rsidRPr="00CF51A0" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="5E795675" w14:textId="06ABAD80" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Transferring, encumbering, concealing, or in any other way disposing of any property except in the usual course of business or for the necessities of life, and each is required to notify the other of any proposed extraordinary expenditures and to account to the Court for all extraordinary expenditures after the preliminary injunction becomes </w:t>
       </w:r>
-      <w:r w:rsidR="00C07422" w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidR="00C07422" w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>effective.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66661FA0" w14:textId="1301BDB1" w:rsidR="007C77C2" w:rsidRPr="00CF51A0" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="66661FA0" w14:textId="602F78A6" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Molesting or disturbing the peace of the other </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001C2055" w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>party.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F346284" w14:textId="49180940" w:rsidR="007C77C2" w:rsidRPr="00CF51A0" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="5F346284" w14:textId="2ED4F25A" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Removing any natural or adopted child of the parties then residing in Delaware from the jurisdiction of this Court without the prior written consent of the parties or the permission of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001C2055" w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Court.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77B44A7A" w14:textId="56628D6F" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="77B44A7A" w14:textId="56628D6F" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Utilizing credit cards or otherwise incurring debt for which the other party is or may be liable except in connection with this litigation or necessities of life for the benefit of the party or the parties</w:t>
       </w:r>
-      <w:r w:rsidR="00E510EB">
-        <w:rPr>
+      <w:r w:rsidR="00E510EB" w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> minor children.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9A1312" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="5A9A1312" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63DA70FB" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="007C77C2" w:rsidRDefault="007C77C2" w:rsidP="007C77C2">
+    <w:p w14:paraId="63DA70FB" w14:textId="77777777" w:rsidR="007C77C2" w:rsidRPr="001C2055" w:rsidRDefault="007C77C2" w:rsidP="001C2055">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C77C2">
-        <w:rPr>
+      <w:r w:rsidRPr="001C2055">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">These statutory prohibitions are effective against the petitioner upon the filing of the petition and upon the respondent upon service of a copy of the petition. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380F41E3" w14:textId="77777777" w:rsidR="005C1BC3" w:rsidRPr="007C77C2" w:rsidRDefault="005C1BC3" w:rsidP="007C77C2">
+    <w:p w14:paraId="380F41E3" w14:textId="77777777" w:rsidR="005C1BC3" w:rsidRDefault="005C1BC3" w:rsidP="001C2055">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005C1BC3" w:rsidRPr="007C77C2" w:rsidSect="00DC0D77">
+    <w:p w14:paraId="773B2B47" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56C47BA8" w14:textId="77777777" w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidRDefault="00B712DC" w:rsidP="001C2055">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B712DC" w:rsidRPr="001C2055" w:rsidSect="00DC0D77">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4089B005" w14:textId="77777777" w:rsidR="002630E7" w:rsidRDefault="002630E7" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1913C9F8" w14:textId="77777777" w:rsidR="002630E7" w:rsidRDefault="002630E7" w:rsidP="00DC0D77">
@@ -7076,274 +5832,277 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B715677" w14:textId="77777777" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="00DC0D77">
-[...10 lines deleted...]
-  <w:p w14:paraId="02B12F08" w14:textId="72651210" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="48268874"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="02F7CAD2" w14:textId="0EE5DD5D" w:rsidR="009B7354" w:rsidRDefault="009B7354">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="02B12F08" w14:textId="5020AB60" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
-[...88 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44BB0F97" w14:textId="77777777" w:rsidR="002630E7" w:rsidRDefault="002630E7" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7A6F55FC" w14:textId="77777777" w:rsidR="002630E7" w:rsidRDefault="002630E7" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3E1B1DAF" w14:textId="68F3DE03" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
+  <w:p w14:paraId="3E1B1DAF" w14:textId="68F3DE03" w:rsidR="00DC0D77" w:rsidRPr="00B712DC" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="00B712DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
-    <w:r w:rsidR="00F84C95">
+    <w:r w:rsidR="00F84C95" w:rsidRPr="00B712DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>406</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="744B03CB" w14:textId="696BD1DE" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
+  <w:p w14:paraId="744B03CB" w14:textId="543653F1" w:rsidR="00DC0D77" w:rsidRPr="00B712DC" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="00B712DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00D70026">
+    <w:r w:rsidR="00352CF7" w:rsidRPr="00B712DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="002C6A79">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00366B2C">
+    <w:r w:rsidR="00352CF7" w:rsidRPr="00B712DC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>/25</w:t>
-[...23 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065F0ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75D612BA"/>
     <w:lvl w:ilvl="0" w:tplc="8478509C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -7525,149 +6284,179 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="487476934">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2026907501">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="hQYIQqbQ0aCh+q5IKpNlSH0diXSkD7YBiXxIJyagf0hU0dorsD4DnQTNby5boidu7kZHueVAHWMFBtTOXfyzJw==" w:salt="uQA1gAODA4civWNpMX+14g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bjFPKRzqSt0pyB9XthI6GSECgl8QKoEkEYzSOALYJOG5Cyp2jdB1CiVquWp9a3yGJMBbv61gPEIb4f4WIFfBUw==" w:salt="yTyQxVHPDNpqnae8LV8l/w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC0D77"/>
     <w:rsid w:val="000104ED"/>
     <w:rsid w:val="00022D8C"/>
+    <w:rsid w:val="00052C99"/>
     <w:rsid w:val="00092EEA"/>
     <w:rsid w:val="00131477"/>
+    <w:rsid w:val="00135CBF"/>
     <w:rsid w:val="00137C33"/>
     <w:rsid w:val="00141C83"/>
     <w:rsid w:val="00154AC3"/>
     <w:rsid w:val="00163D30"/>
     <w:rsid w:val="001965F4"/>
+    <w:rsid w:val="001A745A"/>
+    <w:rsid w:val="001C2055"/>
     <w:rsid w:val="001D1BF9"/>
     <w:rsid w:val="00204AD0"/>
     <w:rsid w:val="00206FB0"/>
     <w:rsid w:val="0020743B"/>
     <w:rsid w:val="002630E7"/>
+    <w:rsid w:val="002C6A79"/>
     <w:rsid w:val="002E434F"/>
     <w:rsid w:val="003227B3"/>
+    <w:rsid w:val="00341683"/>
+    <w:rsid w:val="00352CF7"/>
+    <w:rsid w:val="00363A2C"/>
     <w:rsid w:val="00366B2C"/>
+    <w:rsid w:val="00382B5A"/>
     <w:rsid w:val="00384235"/>
     <w:rsid w:val="00397A3B"/>
     <w:rsid w:val="003B463B"/>
     <w:rsid w:val="00483DA6"/>
     <w:rsid w:val="004A0B8F"/>
     <w:rsid w:val="004A7C2D"/>
+    <w:rsid w:val="004B3436"/>
     <w:rsid w:val="004F0A7C"/>
     <w:rsid w:val="004F183E"/>
+    <w:rsid w:val="004F64D0"/>
+    <w:rsid w:val="0051707F"/>
     <w:rsid w:val="005970A4"/>
     <w:rsid w:val="005C1BC3"/>
     <w:rsid w:val="005D2613"/>
     <w:rsid w:val="006502F5"/>
     <w:rsid w:val="00655246"/>
     <w:rsid w:val="00696E1D"/>
+    <w:rsid w:val="006E28C6"/>
     <w:rsid w:val="007875DC"/>
     <w:rsid w:val="00790F90"/>
+    <w:rsid w:val="007C574A"/>
+    <w:rsid w:val="007C6F4D"/>
     <w:rsid w:val="007C77C2"/>
     <w:rsid w:val="00801FF3"/>
     <w:rsid w:val="00824553"/>
+    <w:rsid w:val="00856FA0"/>
+    <w:rsid w:val="008669AB"/>
     <w:rsid w:val="008836A3"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="0092056C"/>
+    <w:rsid w:val="00936AFB"/>
     <w:rsid w:val="009467FA"/>
     <w:rsid w:val="009604D5"/>
     <w:rsid w:val="009A7F30"/>
+    <w:rsid w:val="009B7354"/>
     <w:rsid w:val="009C32D5"/>
     <w:rsid w:val="009F18D2"/>
     <w:rsid w:val="00AA6114"/>
+    <w:rsid w:val="00AD643A"/>
+    <w:rsid w:val="00B07702"/>
     <w:rsid w:val="00B077EF"/>
     <w:rsid w:val="00B620C6"/>
+    <w:rsid w:val="00B712DC"/>
+    <w:rsid w:val="00B830F3"/>
+    <w:rsid w:val="00BA76F9"/>
     <w:rsid w:val="00BD7063"/>
     <w:rsid w:val="00BD7E9D"/>
     <w:rsid w:val="00BF2889"/>
     <w:rsid w:val="00C07422"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00C27791"/>
     <w:rsid w:val="00C73726"/>
     <w:rsid w:val="00CC55CA"/>
     <w:rsid w:val="00CF51A0"/>
     <w:rsid w:val="00CF55A2"/>
     <w:rsid w:val="00CF6EAB"/>
     <w:rsid w:val="00D02567"/>
+    <w:rsid w:val="00D121D6"/>
     <w:rsid w:val="00D31F14"/>
     <w:rsid w:val="00D70026"/>
     <w:rsid w:val="00D85430"/>
     <w:rsid w:val="00D97E15"/>
     <w:rsid w:val="00DC0D77"/>
+    <w:rsid w:val="00DE7FAC"/>
     <w:rsid w:val="00E03F52"/>
     <w:rsid w:val="00E06C64"/>
     <w:rsid w:val="00E413B8"/>
     <w:rsid w:val="00E510EB"/>
     <w:rsid w:val="00E57921"/>
+    <w:rsid w:val="00E628E0"/>
     <w:rsid w:val="00E6322C"/>
     <w:rsid w:val="00E90C0C"/>
     <w:rsid w:val="00F0572C"/>
+    <w:rsid w:val="00F10C3D"/>
     <w:rsid w:val="00F26932"/>
+    <w:rsid w:val="00F42688"/>
     <w:rsid w:val="00F84C95"/>
     <w:rsid w:val="00F935C6"/>
+    <w:rsid w:val="00FA7B97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DDF6631"/>
@@ -8508,70 +7297,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2994</Characters>
+  <Pages>3</Pages>
+  <Words>552</Words>
+  <Characters>3150</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3512</CharactersWithSpaces>
+  <CharactersWithSpaces>3695</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ostroski, Audrey J (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>