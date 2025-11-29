--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,658 +1,301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00BE3952" w:rsidRDefault="00BE3952">
-[...352 lines deleted...]
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00511DCB" w:rsidP="00D765EF">
+    <w:p w14:paraId="1ED1E3BE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00FC7416" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="4A3264F0">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1036" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:206.45pt;margin-top:-14.8pt;width:90.75pt;height:90.75pt;z-index:-251654144">
+          <v:shape id="_x0000_s1036" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:206.45pt;margin-top:-14.8pt;width:90.75pt;height:90.75pt;z-index:-251658752">
             <v:imagedata r:id="rId8" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00D765EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="751ABC86" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle County  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent County  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00511DCB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="1DBF4BFB" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00D85728" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="4ED293DB" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D85728" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>MOTION FOR TEMPORARY VISITATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="7F7F10D2" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F0DAB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="005F0DAB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -728,195 +371,195 @@
         <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblInd w:w="-65" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4317"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="4402"/>
         <w:gridCol w:w="67"/>
         <w:gridCol w:w="1999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="2319C856" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="48B54771" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="480"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6D829D54" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="46DA9334" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="4A4E1D1D" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="31BFB89A" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="50392E20" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2F273D4C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -975,72 +618,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0F674CFA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0900C76C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -1097,73 +740,73 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="7DEF4156" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="Text38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5EAA8EE7" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -1224,219 +867,219 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="4D6422C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="3CAB6548" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(including apartment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="165944F7" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="79B767FB" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                Street Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(including apartment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0C1D077E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="50B51143" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="07C6E3EE" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="159764FE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -1495,73 +1138,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6C0A344B" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5E852126" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="690"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -1618,230 +1261,230 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="34558B0B" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="50C3EF79" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="7CB03FAF" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="7422D54F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="775E2C36" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="72D2FED6" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="23875540" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="19DE3552" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="3E1F7731" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="108825EC" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
@@ -1902,73 +1545,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="52238043" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="36FC66A7" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
@@ -2027,72 +1670,72 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0BFAE61E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="335AD162" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-547"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2155,191 +1798,191 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="30A5EAD4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="582C5D6E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="39091B81" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2D70F5D6" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                City/State/Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6193E1A4" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="014434B0" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="3C99830A" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="682E84E8" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -2397,74 +2040,74 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5BAD9EF8" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2EB87ACB" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -2522,224 +2165,224 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="764B8A65" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="4B093DED" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="2EED2DA7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6844FD95" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                 D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="39C12CFF" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="42E813BE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">                 D.O.B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5C4A4972" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="28F08A0F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="2" w:name="Text18"/>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="0A8CF07A" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5BFD2F17" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2801,91 +2444,91 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1B0473E1" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="25" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="14DE2F25" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="3" w:name="Text19"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2AC35EF5" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2946,235 +2589,234 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="241E9F8B" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="45DB565C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF">
+      <w:tr w:rsidR="00D765EF" w14:paraId="1E254109" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5BF21EC2" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  Attorne   Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="7292D948" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="06A69313" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">  A            Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="3F64F361" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1ED9A1EA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w14:paraId="559AAC6D" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="163CC47F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
@@ -3222,72 +2864,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="344B07E4" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="3D7A81CE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
@@ -3347,411 +2989,411 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F0DAB">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1FD29CB8" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6DD3135C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w14:paraId="566C8220" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="29D5C31E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Interpreter needed?  Yes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00511DCB">
-[...5 lines deleted...]
-            <w:r w:rsidR="00511DCB">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   No </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00511DCB">
-[...5 lines deleted...]
-            <w:r w:rsidR="00511DCB">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="08AB107F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="25A48D43" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Interpreter needed?  Yes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00511DCB">
-[...5 lines deleted...]
-            <w:r w:rsidR="00511DCB">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   No </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00511DCB">
-[...5 lines deleted...]
-            <w:r w:rsidR="00511DCB">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="34CC14DD" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="14492DBE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w14:paraId="01BE4ACD" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1BC8F6FE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Language:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3819,72 +3461,72 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="70" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="07B8414C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="42ADBDFA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Language:  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3949,136 +3591,136 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="67" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1E5DF098" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="14E3C9B8" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="7C483B5D" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="005F0DAB" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="7A1A5505" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pursuant to Civil Rule 65.2 (d), </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Movant respectfully moves this Court to enter an Order of Temporary Visitation of the following children (please provide full name and date of birth):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3348"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="3292"/>
         <w:gridCol w:w="1928"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidTr="00AB7323">
+      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w14:paraId="2AE940E9" w14:textId="77777777" w:rsidTr="00AB7323">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="5F3CA9DC" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4138,51 +3780,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="354D3F4E" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4241,65 +3883,65 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="6F8259C4" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="76BAAA83" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4357,51 +3999,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="722C5C99" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4455,60 +4097,60 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidTr="00AB7323">
+      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w14:paraId="707A2C93" w14:textId="77777777" w:rsidTr="00AB7323">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="516BF0B4" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4568,51 +4210,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="34FDFCDD" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4671,65 +4313,65 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="0EDA6B1A" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="6C4B7C7D" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4787,51 +4429,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="26F3C285" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4885,60 +4527,60 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidTr="00AB7323">
+      <w:tr w:rsidR="00AB7323" w:rsidRPr="00AB7323" w14:paraId="2EC25430" w14:textId="77777777" w:rsidTr="00AB7323">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3348" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="1A0CEF74" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -4998,51 +4640,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="7D4AE5EA" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -5101,65 +4743,65 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="3D634BBA" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3292" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="255CF304" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -5217,51 +4859,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
+          <w:p w14:paraId="79E3AF20" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRPr="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00AB7323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">DOB: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -5316,162 +4958,162 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7323">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00D765EF">
+    <w:p w14:paraId="70248F20" w14:textId="77777777" w:rsidR="00AB7323" w:rsidRDefault="00AB7323" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="4593A8B9" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="4CBCA2D7" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>In support of this Motion, the Movant states as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="7BBFDF94" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="4590"/>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="092E4CB0" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="0AF129EE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="60E237FF" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">The date the underlying petition was served was:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="618B15BD" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text43"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5514,259 +5156,245 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00C871F8" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="2FCDE747" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00C871F8" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C871F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00C871F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="4D28FB22" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="5040B0C3" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="5CCA04DA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">There is no existing enforceable contact schedule </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>(Including a contact schedule within an active Protection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="35464EE1" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00AA7BE5">
+          <w:p w14:paraId="38371C52" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00AA7BE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>from Abuse Order)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AA7BE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>AND</w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="5B7A6FB7" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="654CE674" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="5231CC60" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Petitioner is experiencing less contact with his/her </w:t>
-[...13 lines deleted...]
-              <w:t>ren) than that which is routinely awarded by the Court.</w:t>
+              <w:t>Petitioner is experiencing less contact with his/her child(ren) than that which is routinely awarded by the Court.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="5C391D6D" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="031CAE74" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
+          <w:p w14:paraId="7E5D4BFD" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00C871F8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">I am currently experiencing </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5830,84 +5458,84 @@
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> hours per week/month (circle one) of visitation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="4640CDF8" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="162ABA63" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="003D2F00" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text45"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -5945,79 +5573,79 @@
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="6B05A76D" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="3F2A7B10" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5BBFE01D" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Text46"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -6055,79 +5683,79 @@
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="0B8B0054" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="52F4FA35" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1B2F959A" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Text47"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -6165,79 +5793,79 @@
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w14:paraId="52941664" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6E983FA6" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="61CEB8CA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Text48"/>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -6276,138 +5904,138 @@
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D765EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="162BE195" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00626FCA" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="2C79D025" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00626FCA" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="0010420D">
+    <w:p w14:paraId="5832EC10" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="0010420D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">I understand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>that this Motion should be filed only after Respondent has been served with</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4EDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> the underlying petition.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="34970CBC" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5874"/>
-        <w:gridCol w:w="4566"/>
+        <w:gridCol w:w="6048"/>
+        <w:gridCol w:w="4680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="00570C19" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6048" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="21D069DB" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5379BD11" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -6445,135 +6073,135 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="6B477D27" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6048" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2677C32C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5B872947" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Movant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Print</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="309944BE" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5870"/>
-        <w:gridCol w:w="4570"/>
+        <w:gridCol w:w="6048"/>
+        <w:gridCol w:w="4680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="6DF4D394" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6048" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="02EF055E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="26ADA08C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -6609,150 +6237,150 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="7B5C3DC6" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6048" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6465D8DD" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="323D791E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Movant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="1CBAD8E2" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="471F04A2" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00D96837" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5825"/>
         <w:gridCol w:w="4615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="74935E1B" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0C018CFA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me this date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="328A094B" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="20"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6792,73 +6420,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="04308D61" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5825" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="548E262C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="6C5B4345" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="20"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6898,380 +6526,391 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00C871F8">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="2A4801EF" w14:textId="77777777" w:rsidTr="00C871F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5825" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="55AC7783" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5471BC0C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Notary Public/Deputy Clerk of Court</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00046C48" w:rsidP="00AB7323">
+    <w:p w14:paraId="403C9342" w14:textId="43323C47" w:rsidR="00FC7416" w:rsidRDefault="00046C48" w:rsidP="00FC7416">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00046C48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00C871F8" w:rsidRPr="00D765EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The Family Court Call Center can</w:t>
       </w:r>
       <w:r w:rsidR="00C871F8" w:rsidRPr="00C871F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C871F8" w:rsidRPr="00D765EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>provide the date of service (302) 255-0300.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="2590AEC0" w14:textId="77777777" w:rsidR="00FC7416" w:rsidRDefault="00FC7416" w:rsidP="00D765EF">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF13AF5" w14:textId="6EEA1767" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C4930">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Affidavit of Mailing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+    <w:p w14:paraId="176F992E" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10658" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="883"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="2485"/>
         <w:gridCol w:w="3095"/>
         <w:gridCol w:w="1400"/>
         <w:gridCol w:w="365"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="3127BFAA" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8893" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2F543AD3" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I, the Movant, affirm that a true and correct copy of this Motion was placed in the U.S. Mail on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="4D618492" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="_GoBack"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="6A730E0B" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5CF0A271" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">day of </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1694A00C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text50"/>
+            <w:bookmarkStart w:id="19" w:name="Text50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7286,185 +6925,177 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5ECC9B6A" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">and sent to the other party or attorney at the address listed on the petition, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="0FD70ED2" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10658" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5AEEA259" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> class postage pre-paid.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>first class postage pre-paid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="2A6F7980" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="486043A3" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="300FAAA5" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text42"/>
+            <w:bookmarkStart w:id="20" w:name="Text42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
@@ -7483,160 +7114,160 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="64123B07" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="18A8F190" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="1194E3F1" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="17F9501F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Movant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="5283783F" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="770DC943" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10658" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="2447F1A3" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Sworn to subscribed before me this </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -7886,81 +7517,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="5DC3BEEC" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="603"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="66EF0161" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="7A14D1C2" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -8011,9778 +7642,292 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0BBFF26C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidTr="00D765EF">
+      <w:tr w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w14:paraId="32B0DD64" w14:textId="77777777" w:rsidTr="00D765EF">
         <w:trPr>
           <w:trHeight w:val="578"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="39804B96" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="09E089E5" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
+          <w:p w14:paraId="0616C5DA" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRPr="00DF4EDF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF"/>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+    <w:p w14:paraId="462A0AB6" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF" w:rsidP="00D765EF"/>
+    <w:p w14:paraId="55E9C999" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
-[...9341 lines deleted...]
-    <w:p w:rsidR="00BE3952" w:rsidRDefault="00BE3952" w:rsidP="002B212C">
+    <w:p w14:paraId="0B1F48A4" w14:textId="77777777" w:rsidR="00BE3952" w:rsidRDefault="00BE3952" w:rsidP="002B212C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BE3952" w:rsidSect="00A43995">
-      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="864" w:header="144" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+    <w:p w14:paraId="7C6CDE1C" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+    <w:p w14:paraId="30381748" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+    <w:p w14:paraId="7331C498" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+    <w:p w14:paraId="30146B16" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...47 lines deleted...]
-  <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C1554E6" w14:textId="01B1F936" w:rsidR="00D765EF" w:rsidRDefault="00FC7416">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Form 192</w:t>
+      <w:t>Form 261</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+  <w:p w14:paraId="07DEAF92" w14:textId="673D3EA6" w:rsidR="00FC7416" w:rsidRDefault="00FC7416">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Rev 10/19</w:t>
+      <w:t>Rev 11/20</w:t>
     </w:r>
   </w:p>
-</w:hdr>
-[...50 lines deleted...]
-  <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+  <w:p w14:paraId="6966DAA3" w14:textId="77777777" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
+  <w:p w14:paraId="59B99E85" w14:textId="043789D5" w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
-[...34 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0109768C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62CC8B62"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17942,228 +8087,235 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="507790935">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="984239783">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kXodc9LelbGEeojSqDH41j0gAGUVgaAiHlbXfTfG98yciIB9HUgq5hWKunmOpgFYaEMg09GcH8ELLHE0BkJXNQ==" w:salt="8/cbsqAf3xqIN0bKEecNRg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="AwLM6YoFKxtU7+P+blpRij8/p3pPic5Mw1ADj11v927mQGgdfFrfrkJazeMfiAYcMehyw0l8zOpO6oj6q8yKIA==" w:salt="Vu42CevxcrjTPwG8ZZcDTg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A43995"/>
     <w:rsid w:val="00013258"/>
     <w:rsid w:val="00032514"/>
     <w:rsid w:val="00046C48"/>
     <w:rsid w:val="000768D4"/>
     <w:rsid w:val="000A315C"/>
     <w:rsid w:val="0010420D"/>
     <w:rsid w:val="00133F03"/>
     <w:rsid w:val="001539AE"/>
     <w:rsid w:val="00163B2E"/>
     <w:rsid w:val="001A3418"/>
     <w:rsid w:val="001E512B"/>
     <w:rsid w:val="002B212C"/>
     <w:rsid w:val="002E4DFB"/>
     <w:rsid w:val="00310230"/>
     <w:rsid w:val="00312715"/>
     <w:rsid w:val="00326D01"/>
+    <w:rsid w:val="00372E73"/>
     <w:rsid w:val="00397101"/>
     <w:rsid w:val="003E0B41"/>
     <w:rsid w:val="004031C5"/>
     <w:rsid w:val="00463C1D"/>
     <w:rsid w:val="004F5F54"/>
     <w:rsid w:val="00511DCB"/>
     <w:rsid w:val="005328F1"/>
     <w:rsid w:val="005D252A"/>
     <w:rsid w:val="0062401E"/>
     <w:rsid w:val="006846E6"/>
     <w:rsid w:val="007034B4"/>
     <w:rsid w:val="007346F4"/>
+    <w:rsid w:val="00745A98"/>
     <w:rsid w:val="0078620B"/>
     <w:rsid w:val="0078663E"/>
     <w:rsid w:val="00801303"/>
     <w:rsid w:val="00847C85"/>
     <w:rsid w:val="00864F73"/>
+    <w:rsid w:val="00906A91"/>
     <w:rsid w:val="009464BD"/>
     <w:rsid w:val="009944C4"/>
     <w:rsid w:val="009C2E37"/>
     <w:rsid w:val="009D7529"/>
     <w:rsid w:val="00A30842"/>
     <w:rsid w:val="00A43995"/>
     <w:rsid w:val="00A51A68"/>
     <w:rsid w:val="00AA0262"/>
     <w:rsid w:val="00AA7BE5"/>
     <w:rsid w:val="00AB7323"/>
     <w:rsid w:val="00B14AFB"/>
+    <w:rsid w:val="00B45C49"/>
     <w:rsid w:val="00BD0022"/>
     <w:rsid w:val="00BE3952"/>
     <w:rsid w:val="00C1760F"/>
     <w:rsid w:val="00C4501F"/>
     <w:rsid w:val="00C871F8"/>
+    <w:rsid w:val="00C87A56"/>
     <w:rsid w:val="00C91173"/>
     <w:rsid w:val="00D05A89"/>
     <w:rsid w:val="00D221A7"/>
     <w:rsid w:val="00D33333"/>
     <w:rsid w:val="00D632C5"/>
     <w:rsid w:val="00D7602A"/>
     <w:rsid w:val="00D765EF"/>
     <w:rsid w:val="00D971F4"/>
     <w:rsid w:val="00DB2AF8"/>
     <w:rsid w:val="00DE33CE"/>
     <w:rsid w:val="00E045F1"/>
     <w:rsid w:val="00E72850"/>
     <w:rsid w:val="00EC1347"/>
     <w:rsid w:val="00F53716"/>
     <w:rsid w:val="00F74008"/>
     <w:rsid w:val="00F84533"/>
     <w:rsid w:val="00F9381D"/>
     <w:rsid w:val="00FA44E8"/>
+    <w:rsid w:val="00FC7416"/>
     <w:rsid w:val="00FD3D3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="51747F76"/>
+  <w14:docId w14:val="056579ED"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6BE26F54-2844-4761-8A91-8EBFF4D8E85F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18491,50 +8643,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -18758,57 +8915,57 @@
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A43995"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D765EF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19046,72 +9203,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CFF9C7F-A672-4360-B15A-D9C0AD313CEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7493</Characters>
+  <Pages>2</Pages>
+  <Words>471</Words>
+  <Characters>2689</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IMPORTANT INFORMATION REGARDING THE FILING OF A MOTION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Judicial Information Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8790</CharactersWithSpaces>
+  <CharactersWithSpaces>3154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IMPORTANT INFORMATION REGARDING THE FILING OF A MOTION</dc:title>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>