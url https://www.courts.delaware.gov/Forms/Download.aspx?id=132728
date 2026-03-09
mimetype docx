--- v0 (2025-10-10)
+++ v1 (2026-03-09)
@@ -1,461 +1,462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="17B1CFA4" w14:textId="158299E3" w:rsidR="00650352" w:rsidRDefault="0023030D" w:rsidP="007150AE">
+    <w:p w14:paraId="17B1CFA4" w14:textId="0A3219C2" w:rsidR="00650352" w:rsidRDefault="00144ABB" w:rsidP="007150AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0023030D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DUI Screening and Referral Program</w:t>
-[...39 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Driving Under the Influence (DUI) Rehabilitation Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6501216F" w14:textId="77777777" w:rsidR="002A2BFA" w:rsidRDefault="002A2BFA" w:rsidP="002A2BFA">
+    <w:p w14:paraId="6501216F" w14:textId="77777777" w:rsidR="002A2BFA" w:rsidRPr="00F95782" w:rsidRDefault="002A2BFA" w:rsidP="002A2BFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="120" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Open Sans"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="624EEF92" w14:textId="4CD38969" w:rsidR="00852353" w:rsidRPr="007B4888" w:rsidRDefault="00852353" w:rsidP="007150AE">
+    <w:p w14:paraId="579B248F" w14:textId="75D66706" w:rsidR="00F95782" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="007150AE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brandywine Counseling &amp; Community Services (BCCS) is </w:t>
+        <w:t>DUI Referral Services (DRS</w:t>
+      </w:r>
+      <w:r w:rsidR="00852353" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) is </w:t>
       </w:r>
       <w:r w:rsidR="007C76AB" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B4888">
+      <w:r w:rsidR="00852353" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> statewide provider of </w:t>
       </w:r>
-      <w:r w:rsidR="003B4773">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>DSARP</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B4888">
+        <w:t>DUI Rehabilitation Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00852353" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD910C8" w14:textId="77777777" w:rsidR="00050966" w:rsidRPr="007B4888" w:rsidRDefault="00050966" w:rsidP="00050966">
+    <w:p w14:paraId="3870B05E" w14:textId="0CB803D7" w:rsidR="00050966" w:rsidRPr="007B4888" w:rsidRDefault="003B4773" w:rsidP="00050966">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RS</w:t>
+      </w:r>
+      <w:r w:rsidR="00050966" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is for individuals 18 years or older </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0187">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF233C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00050966" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ordered </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF233C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00050966" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participat</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7039C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00050966" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by a Delaware Court or Delaware Division of Motor Vehicles</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DMV)</w:t>
+      </w:r>
+      <w:r w:rsidR="00050966" w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3870B05E" w14:textId="7BD3AD08" w:rsidR="00050966" w:rsidRPr="007B4888" w:rsidRDefault="003B4773" w:rsidP="00050966">
+    <w:p w14:paraId="2810AD04" w14:textId="77777777" w:rsidR="00626EB1" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="007B4888">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D74A7B" w14:textId="13D469F8" w:rsidR="00050966" w:rsidRPr="007B4888" w:rsidRDefault="00050966" w:rsidP="00F66987">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> is for individuals 18 years or older ordered for participation by a Delaware Court or Delaware Division of Motor Vehicles. </w:t>
+      <w:r w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You have </w:t>
+      </w:r>
+      <w:r w:rsidR="002730F7" w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>10 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00533823">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from the date of your conviction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00323430" w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>BCCS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13DAF">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>screening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF05EA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4888">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2810AD04" w14:textId="77777777" w:rsidR="00626EB1" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="007B4888">
-[...125 lines deleted...]
-    <w:p w14:paraId="79E8667F" w14:textId="0819A6F8" w:rsidR="001335FE" w:rsidRPr="007B4888" w:rsidRDefault="00A13DAF" w:rsidP="00050966">
+    <w:p w14:paraId="79E8667F" w14:textId="4B2994A9" w:rsidR="001335FE" w:rsidRPr="007B4888" w:rsidRDefault="00A13DAF" w:rsidP="00050966">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Screenings</w:t>
       </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may</w:t>
+      </w:r>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001335FE" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">take approximately 90 minutes and involve an interview with a trained </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>screener.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73952256" w14:textId="6D1FD160" w:rsidR="001335FE" w:rsidRPr="007B4888" w:rsidRDefault="00A13DAF" w:rsidP="00050966">
+    <w:p w14:paraId="113936BC" w14:textId="45576BF9" w:rsidR="007150AE" w:rsidRPr="00472E5F" w:rsidRDefault="00050966" w:rsidP="00472E5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...38 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Failure to contact</w:t>
       </w:r>
       <w:r w:rsidR="001006EE" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D670A5" w:rsidRPr="007B4888">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">BCCS </w:t>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DRS </w:t>
       </w:r>
       <w:r w:rsidR="001006EE" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> result in </w:t>
       </w:r>
       <w:r w:rsidR="00836D10" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
@@ -516,929 +517,935 @@
         <w:t>costs</w:t>
       </w:r>
       <w:r w:rsidR="00A13DAF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D583A5" w14:textId="4E282CD6" w:rsidR="005058B7" w:rsidRDefault="005058B7" w:rsidP="007B4888">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0EC476" w14:textId="2F37C975" w:rsidR="00626EB1" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="00472E5F">
+    <w:p w14:paraId="7E0EC476" w14:textId="62594DFB" w:rsidR="00626EB1" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="00472E5F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Schedule your </w:t>
       </w:r>
       <w:r w:rsidR="003B4773">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DSARP</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RS</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F4689" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>screening</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in one of the following ways:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDCC546" w14:textId="0A3865FF" w:rsidR="00F66987" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="00472E5F">
-[...212 lines deleted...]
-    <w:p w14:paraId="52AA0DAC" w14:textId="128584E6" w:rsidR="00F66987" w:rsidRPr="007B4888" w:rsidRDefault="00626EB1" w:rsidP="00490AC5">
+    <w:p w14:paraId="52AA0DAC" w14:textId="2E7345BC" w:rsidR="00F66987" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="00490AC5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
-[...13 lines deleted...]
-        <w:t>below</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Email: DSAMH_DUI_DRS@delaware.gov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352638D8" w14:textId="288F1D10" w:rsidR="007B4888" w:rsidRPr="00472E5F" w:rsidRDefault="00626EB1" w:rsidP="00472E5F">
+    <w:p w14:paraId="352638D8" w14:textId="00D0638E" w:rsidR="007B4888" w:rsidRPr="00472E5F" w:rsidRDefault="00626EB1" w:rsidP="00472E5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>By telephone at (302) 225-9268</w:t>
+        <w:t xml:space="preserve">By telephone at (302) </w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>421-7330</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FFCFA1" w14:textId="77777777" w:rsidR="005A172E" w:rsidRDefault="005A172E" w:rsidP="005A172E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FA385EF" w14:textId="2E58AA17" w:rsidR="00852353" w:rsidRPr="005A172E" w:rsidRDefault="003B4773" w:rsidP="00472E5F">
+    <w:p w14:paraId="1FA385EF" w14:textId="471570C6" w:rsidR="00852353" w:rsidRPr="005A172E" w:rsidRDefault="003B4773" w:rsidP="00472E5F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DSAR</w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A13DAF" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>P scree</w:t>
+        <w:t>scree</w:t>
       </w:r>
       <w:r w:rsidR="003F4689" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ning</w:t>
       </w:r>
       <w:r w:rsidR="00A13DAF" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00852353" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may be </w:t>
       </w:r>
       <w:r w:rsidR="00626EB1" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>done</w:t>
       </w:r>
       <w:r w:rsidR="00852353" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> via ZOOM or in-person at the</w:t>
+        <w:t xml:space="preserve"> via </w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telehealth</w:t>
+      </w:r>
+      <w:r w:rsidR="00852353" w:rsidRPr="00472E5F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or in-person</w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / upon request</w:t>
+      </w:r>
+      <w:r w:rsidR="00852353" w:rsidRPr="00472E5F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the</w:t>
       </w:r>
       <w:r w:rsidR="00626EB1" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DRS</w:t>
+      </w:r>
       <w:r w:rsidR="004F021F" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BCCS Treatment</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12BBA" w:rsidRPr="00B12BBA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Treatment Accountability for Safer Communities</w:t>
       </w:r>
       <w:r w:rsidR="007D0648" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Center </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(TASC) </w:t>
       </w:r>
       <w:r w:rsidR="00852353" w:rsidRPr="00472E5F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>locations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F55D90C" w14:textId="78164B33" w:rsidR="00852353" w:rsidRPr="007B4888" w:rsidRDefault="00852353" w:rsidP="00472E5F">
+    <w:p w14:paraId="5F55D90C" w14:textId="2F1CDE8F" w:rsidR="00852353" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="00472E5F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
-[...39 lines deleted...]
-      <w:r w:rsidR="0023030D" w:rsidRPr="00472E5F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TASC – New Castle County: 3821 Lancaster Ave. 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144ABB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="0023030D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Floor, Wilmington, DE 19802</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fl, Wilmington, DE 19805 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7039C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(302) 421-7330</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B748D2E" w14:textId="56C2393C" w:rsidR="00852353" w:rsidRPr="007B4888" w:rsidRDefault="00852353" w:rsidP="007B4888">
+    <w:p w14:paraId="7B748D2E" w14:textId="60D2B887" w:rsidR="00852353" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="007B4888">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
-[...13 lines deleted...]
-        <w:t>Dover Treatment Center: 698 S. Bay Road, Dover, DE 19901</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TASC – Kent County: 640 S Queen St, Dover, DE 19904 (302) 741-2950</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A90E72" w14:textId="741AA31D" w:rsidR="007150AE" w:rsidRPr="005A172E" w:rsidRDefault="00852353" w:rsidP="00472E5F">
+    <w:p w14:paraId="27A90E72" w14:textId="1A19E7D7" w:rsidR="007150AE" w:rsidRPr="005A172E" w:rsidRDefault="00144ABB" w:rsidP="00472E5F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> DE 19947</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TASC – Sussex County: 21309 Berlin Road, Suite 7, Georgetown, DE 19947 (302) 854-0010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575D1C25" w14:textId="77777777" w:rsidR="007B4888" w:rsidRPr="007B4888" w:rsidRDefault="007B4888" w:rsidP="007150AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="164D68A3" w14:textId="3EDF2164" w:rsidR="00852353" w:rsidRPr="00472E5F" w:rsidRDefault="005058B7" w:rsidP="007150AE">
+    <w:p w14:paraId="164D68A3" w14:textId="0898086C" w:rsidR="00852353" w:rsidRPr="00472E5F" w:rsidRDefault="00144ABB" w:rsidP="007150AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00472E5F">
-[...7 lines deleted...]
-        <w:t>Initial fees and payment:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Have These Items Ready</w:t>
+      </w:r>
+      <w:r w:rsidR="005058B7" w:rsidRPr="00472E5F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076F2C4E" w14:textId="677FEB66" w:rsidR="005058B7" w:rsidRPr="007B4888" w:rsidRDefault="00AB5B5D" w:rsidP="005058B7">
-[...109 lines deleted...]
-    <w:p w14:paraId="4E770C22" w14:textId="77777777" w:rsidR="005058B7" w:rsidRPr="007B4888" w:rsidRDefault="005058B7" w:rsidP="005058B7">
+    <w:p w14:paraId="4E770C22" w14:textId="300E81E1" w:rsidR="005058B7" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="005058B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Major credit cards are accepted for online and telephone payments </w:t>
+        <w:t>Date of DUI arrest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C80BF85" w14:textId="3176A3FD" w:rsidR="00F66987" w:rsidRPr="00472E5F" w:rsidRDefault="005058B7" w:rsidP="00472E5F">
+    <w:p w14:paraId="2C80BF85" w14:textId="1538EE17" w:rsidR="00F66987" w:rsidRDefault="00A6602B" w:rsidP="00472E5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B4888">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please call (302) 656-2348 to make telephone payments </w:t>
+        <w:t xml:space="preserve">Blood </w:t>
+      </w:r>
+      <w:r w:rsidR="00144ABB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alcohol Content (BAC) reading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C199AD" w14:textId="77777777" w:rsidR="007B4888" w:rsidRPr="007B4888" w:rsidRDefault="007B4888" w:rsidP="00F66987">
+    <w:p w14:paraId="2D2AD2D3" w14:textId="34DF1430" w:rsidR="00144ABB" w:rsidRDefault="00144ABB" w:rsidP="00472E5F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DUI ticket number or court order/case number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B12396E" w14:textId="77777777" w:rsidR="00144ABB" w:rsidRPr="00F95782" w:rsidRDefault="00144ABB" w:rsidP="00F95782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060BBD13" w14:textId="2366422D" w:rsidR="00144ABB" w:rsidRPr="00472E5F" w:rsidRDefault="00144ABB" w:rsidP="00144ABB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Screening Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472E5F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B614711" w14:textId="723272B0" w:rsidR="00144ABB" w:rsidRPr="007B4888" w:rsidRDefault="00144ABB" w:rsidP="00144ABB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DUI screenings and referrals are free of charge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEFFD64" w14:textId="68ACADAD" w:rsidR="00144ABB" w:rsidRDefault="00144ABB" w:rsidP="00144ABB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A separate screening is required for each DUI, Reckless Driving-Alcohol Related, and DMV Administrative Hearing Order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD8B13A" w14:textId="4AA86FB0" w:rsidR="00144ABB" w:rsidRDefault="00144ABB" w:rsidP="00144ABB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The screening identifies the appropriate referral pathway for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF6AF16" w14:textId="77777777" w:rsidR="00F95782" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F3CC9A3" w14:textId="395D4F5B" w:rsidR="00F95782" w:rsidRPr="00472E5F" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After the Screening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472E5F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4073403C" w14:textId="4F494EE7" w:rsidR="00F95782" w:rsidRPr="00F95782" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Participants will be referred to an available DUI education or treatment program with one of the approved agencies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A107749" w14:textId="66BF3F82" w:rsidR="00F95782" w:rsidRPr="007B4888" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Holcomb Behavioral Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BD1C23" w14:textId="68790FB5" w:rsidR="00F95782" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Coras Wellness &amp; Behavioral Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7C5C45" w14:textId="57F736BB" w:rsidR="00F95782" w:rsidRDefault="00F95782" w:rsidP="00F95782">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Brandywine Counseling &amp; Community Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A148F94" w14:textId="77777777" w:rsidR="00F95782" w:rsidRPr="00F95782" w:rsidRDefault="00F95782" w:rsidP="00F95782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52EF8D43" w14:textId="77777777" w:rsidR="00F66987" w:rsidRPr="007B4888" w:rsidRDefault="00F66987" w:rsidP="00F66987">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2138A978" w14:textId="2F7DE505" w:rsidR="00836D10" w:rsidRPr="007B4888" w:rsidRDefault="00503BDF" w:rsidP="00836D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">If you fail to have the </w:t>
       </w:r>
       <w:r w:rsidR="00A13DAF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1500,195 +1507,184 @@
         </w:rPr>
         <w:t>never</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> be allowed to drive again.</w:t>
       </w:r>
       <w:r w:rsidR="00836D10" w:rsidRPr="007B4888">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you are licensed in another state, Delaware will notify your state of your inability to drive.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00836D10" w:rsidRPr="007B4888" w:rsidSect="00382387">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1440" w:bottom="576" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EED5248" w14:textId="77777777" w:rsidR="005058B7" w:rsidRDefault="005058B7" w:rsidP="005058B7">
+    <w:p w14:paraId="14F0A412" w14:textId="77777777" w:rsidR="005C57A4" w:rsidRDefault="005C57A4" w:rsidP="005058B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13249232" w14:textId="77777777" w:rsidR="005058B7" w:rsidRDefault="005058B7" w:rsidP="005058B7">
+    <w:p w14:paraId="322F7633" w14:textId="77777777" w:rsidR="005C57A4" w:rsidRDefault="005C57A4" w:rsidP="005058B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5FEA5286" w14:textId="35C76DE6" w:rsidR="005058B7" w:rsidRPr="00472E5F" w:rsidRDefault="005058B7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5FEA5286" w14:textId="642D6E96" w:rsidR="005058B7" w:rsidRPr="009C3B3D" w:rsidRDefault="00144ABB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>GJ719E</w:t>
+    <w:r w:rsidRPr="009C3B3D">
+      <w:t>GJ719E (Rev</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> (Rev </w:t>
+    <w:r w:rsidR="009C3B3D" w:rsidRPr="009C3B3D">
+      <w:t>. 03/03/26</w:t>
     </w:r>
-    <w:r w:rsidR="00E02992">
-[...5 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="009C3B3D">
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="516D8CF5" w14:textId="77777777" w:rsidR="005058B7" w:rsidRDefault="005058B7" w:rsidP="005058B7">
+    <w:p w14:paraId="7FD54A1F" w14:textId="77777777" w:rsidR="005C57A4" w:rsidRDefault="005C57A4" w:rsidP="005058B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="610B16FD" w14:textId="77777777" w:rsidR="005058B7" w:rsidRDefault="005058B7" w:rsidP="005058B7">
+    <w:p w14:paraId="1CF61CC5" w14:textId="77777777" w:rsidR="005C57A4" w:rsidRDefault="005C57A4" w:rsidP="005058B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04640E5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B532C104"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3072,156 +3068,172 @@
   <w:num w:numId="6" w16cid:durableId="909926500">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1536386579">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1343360923">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1549561711">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1644655980">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1921674628">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1054159886">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="204"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F53BD9"/>
     <w:rsid w:val="00050966"/>
+    <w:rsid w:val="000A4229"/>
     <w:rsid w:val="001006EE"/>
     <w:rsid w:val="00117F4D"/>
     <w:rsid w:val="001335FE"/>
+    <w:rsid w:val="00144ABB"/>
     <w:rsid w:val="0018060F"/>
     <w:rsid w:val="00191056"/>
     <w:rsid w:val="0023030D"/>
     <w:rsid w:val="002730F7"/>
     <w:rsid w:val="002A2BFA"/>
     <w:rsid w:val="00323430"/>
     <w:rsid w:val="00382387"/>
     <w:rsid w:val="003B4773"/>
     <w:rsid w:val="003F4689"/>
     <w:rsid w:val="00440619"/>
     <w:rsid w:val="00472E5F"/>
     <w:rsid w:val="00490AC5"/>
     <w:rsid w:val="00491DE1"/>
     <w:rsid w:val="004A495E"/>
     <w:rsid w:val="004F021F"/>
     <w:rsid w:val="00503BDF"/>
     <w:rsid w:val="005058B7"/>
     <w:rsid w:val="00533823"/>
     <w:rsid w:val="00535666"/>
     <w:rsid w:val="005A172E"/>
+    <w:rsid w:val="005A1BDA"/>
     <w:rsid w:val="005C0689"/>
+    <w:rsid w:val="005C57A4"/>
+    <w:rsid w:val="005D7E2B"/>
     <w:rsid w:val="00626EB1"/>
     <w:rsid w:val="006338E3"/>
     <w:rsid w:val="00650352"/>
+    <w:rsid w:val="006D5212"/>
+    <w:rsid w:val="006E0187"/>
     <w:rsid w:val="007150AE"/>
+    <w:rsid w:val="007258F8"/>
     <w:rsid w:val="007B4888"/>
     <w:rsid w:val="007C76AB"/>
     <w:rsid w:val="007D0648"/>
+    <w:rsid w:val="007E0C40"/>
     <w:rsid w:val="00836D10"/>
     <w:rsid w:val="00852353"/>
     <w:rsid w:val="008E7F27"/>
     <w:rsid w:val="00987D09"/>
+    <w:rsid w:val="009C3B3D"/>
     <w:rsid w:val="00A13DAF"/>
+    <w:rsid w:val="00A6602B"/>
+    <w:rsid w:val="00A7039C"/>
     <w:rsid w:val="00AB5B5D"/>
     <w:rsid w:val="00B0725C"/>
+    <w:rsid w:val="00B12BBA"/>
     <w:rsid w:val="00B2338C"/>
     <w:rsid w:val="00B9793C"/>
+    <w:rsid w:val="00CF233C"/>
     <w:rsid w:val="00D670A5"/>
     <w:rsid w:val="00D95CF6"/>
     <w:rsid w:val="00DF05EA"/>
     <w:rsid w:val="00E02992"/>
+    <w:rsid w:val="00E257A6"/>
     <w:rsid w:val="00E57DB6"/>
     <w:rsid w:val="00E70263"/>
     <w:rsid w:val="00F53BD9"/>
     <w:rsid w:val="00F54E83"/>
     <w:rsid w:val="00F66987"/>
     <w:rsid w:val="00F74708"/>
+    <w:rsid w:val="00F95782"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4087FABB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{03CB6CA4-58A9-4FE5-A2D5-2C5FADF2B014}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3705,55 +3717,121 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005058B7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0023030D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6602B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6602B"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A6602B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6602B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A6602B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="220747887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="646671688">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4020,51 +4098,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1585912586">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brandywinecounseling.com/dsarp" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4286,73 +4364,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>303</Words>
-  <Characters>1732</Characters>
+  <Words>293</Words>
+  <Characters>1672</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2031</CharactersWithSpaces>
+  <CharactersWithSpaces>1962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Blaser, Kimberly (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>