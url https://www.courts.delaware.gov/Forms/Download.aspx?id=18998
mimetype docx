--- v0 (2025-10-22)
+++ v1 (2026-03-09)
@@ -1,2928 +1,2721 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="005456F5" w:rsidP="006B033F">
+    <w:p w14:paraId="53E228AE" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRPr="00265B66" w:rsidRDefault="00FC1D07" w:rsidP="007853BA">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:rPr>
+          <w:szCs w:val="40"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
-        <w:pict>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:pict w14:anchorId="6FC0F2ED">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:196.15pt;margin-top:-16.8pt;width:90.75pt;height:90.75pt;z-index:-251658752">
             <v:imagedata r:id="rId8" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00994CAE">
-[...8 lines deleted...]
-      </w:smartTag>
+      <w:r w:rsidR="00994CAE" w:rsidRPr="00265B66">
+        <w:rPr>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>The Family Court of the State of Delaware</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="00994CAE" w:rsidP="006B033F">
+    <w:p w14:paraId="263F8277" w14:textId="4B3D9AED" w:rsidR="00994CAE" w:rsidRPr="00633624" w:rsidRDefault="00994CAE" w:rsidP="007853BA">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">In and For </w:t>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Castle</w:t>
       </w:r>
-      <w:r w:rsidR="004B77C7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="004B77C7" w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
-      <w:r w:rsidR="004B77C7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="004B77C7" w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005676F1" w:rsidRPr="00994CAE">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00994CAE" w:rsidRDefault="002A0821" w:rsidP="00BA1841">
+    <w:p w14:paraId="6D7CCE3E" w14:textId="77777777" w:rsidR="00994CAE" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00BA1841">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AFFIDAVIT THAT A PARTY’S SOCIAL SECURITY NUMBER IS UNKNOWN</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10998" w:type="dxa"/>
         <w:tblInd w:w="-90" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4002"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4009"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="523"/>
+        <w:gridCol w:w="3980"/>
         <w:gridCol w:w="236"/>
-        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="2290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidTr="002A0821">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="29B9B3B6" w14:textId="77777777" w:rsidTr="008B14D6">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+          <w:p w14:paraId="68011782" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="002A0821">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:spacing w:before="120" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0821">
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="0CEFC127" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+          <w:p w14:paraId="64D1B05C" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="002A0821">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0821">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Respondent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="5B67A64B" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRPr="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="3263622A" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00FD7A72">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
-              <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0821">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>File Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="49E8CA14" w14:textId="77777777" w:rsidTr="008B14D6">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4002" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="54300769" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="51992D1F" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4009" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="7C64E044" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="44FC8105" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="25EE8172" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00FD7A72">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="11"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="4060028C" w14:textId="77777777" w:rsidTr="008B14D6">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="029D4F0A" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text1"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="67EDEA14" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vs</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="2D39EAFE" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text2"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="21F8E812" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="64EBAD30" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00FD7A72">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
-              <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Petition Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="484C4194" w14:textId="77777777" w:rsidTr="008B14D6">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="3E4E9538" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="67BF4F72" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="3157BAE8" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="0DAA1EBE" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="526A04F0" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00FD7A72">
             <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="-54" w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="8"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text4"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="307CB52A" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="002A0821">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...207 lines deleted...]
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="6577375A" w14:textId="00FBF1B4" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="4946"/>
+          <w:tab w:val="left" w:pos="10405"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I am the Petitioner in this action for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text9"/>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="007853BA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...138 lines deleted...]
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="7C95E367" w14:textId="77777777" w:rsidR="007853BA" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I do not know and after good faith effort cannot obtain the social security number of </w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...571 lines deleted...]
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="71CA36EF" w14:textId="623AB343" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
       <w:pPr>
-        <w:ind w:left="-86"/>
-[...2 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>the Respondent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03630788" w14:textId="77777777" w:rsidR="007853BA" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="7098"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The following apply:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092492B3" w14:textId="77777777" w:rsidR="007853BA" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check4"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Check4"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">I do not know the respondent’s whereabouts and have no way to locate him/her. I have </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1C8989" w14:textId="20A169D6" w:rsidR="007853BA" w:rsidRPr="00BC13FC" w:rsidRDefault="007853BA" w:rsidP="007853BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="5778"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>not had contact with the respondent since</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text7"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:maxLength w:val="18"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="Text7"/>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC13FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="70D5228F" w14:textId="598A7B41" w:rsidR="007853BA" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check5"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Check5"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>I have been unsuccessful in obtaining the respondent’s social security number after</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEB7460" w14:textId="243A9EA1" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="468"/>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-90"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00633624">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>making the following attempts:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="0C380C83" w14:textId="77777777" w:rsidTr="00265B66">
         <w:trPr>
-          <w:trHeight w:val="2880"/>
+          <w:trHeight w:val="2501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10224" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="5CDC5865" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="800"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Text8"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
-[...17 lines deleted...]
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="55CB8324" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="002A0821">
       <w:pPr>
         <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-90" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4518"/>
-        <w:gridCol w:w="1440"/>
-        <w:gridCol w:w="4824"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="5184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="7E9B1BB2" w14:textId="77777777" w:rsidTr="00633624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="005A12B1" w:rsidP="00F93B80">
+          <w:p w14:paraId="7B72DFCE" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="005A12B1" w:rsidP="00F93B80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Text11"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="0100D8FA" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:tcW w:w="5184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="004B77C7" w:rsidP="00F93B80">
+          <w:p w14:paraId="18909B1B" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="004B77C7" w:rsidP="00F93B80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="Text10"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="_GoBack"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="276CA44F" w14:textId="77777777" w:rsidTr="00633624">
+        <w:trPr>
+          <w:trHeight w:val="303"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="1F826C8C" w14:textId="0764CC0F" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidR="00633624" w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="698AEFE1" w14:textId="6031E0CA" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="00633624" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:tcW w:w="5184" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="12216D59" w14:textId="064818DF" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="00633624" w:rsidP="00F93B80">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00633624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Petitioner’s Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="1F447A37" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00367EBB">
       <w:pPr>
-        <w:ind w:left="-90"/>
-[...8 lines deleted...]
-        <w:ind w:left="-90"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6048"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="042DECC6" w14:textId="77777777" w:rsidTr="00F93B80">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6048" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="211165B3" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00633624">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>SWORN TO AND SUBSCRIBED before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="33775613" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="07D0EBDA" w14:textId="77777777" w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="007853BA">
       <w:pPr>
-        <w:ind w:left="5760" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="0EF16C75" w14:textId="77777777" w:rsidR="007853BA" w:rsidRPr="00633624" w:rsidRDefault="007853BA" w:rsidP="007853BA">
       <w:pPr>
-        <w:ind w:left="5760" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5148" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0821" w:rsidTr="00F93B80">
+      <w:tr w:rsidR="002A0821" w:rsidRPr="00633624" w14:paraId="6D25B541" w14:textId="77777777" w:rsidTr="00F93B80">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
+          <w:p w14:paraId="74F4C490" w14:textId="77777777" w:rsidR="002A0821" w:rsidRPr="00633624" w:rsidRDefault="002A0821" w:rsidP="00F93B80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
+    <w:p w14:paraId="7E5075B7" w14:textId="294B6FD2" w:rsidR="002A0821" w:rsidRPr="00265B66" w:rsidRDefault="002A0821" w:rsidP="00265B66">
       <w:pPr>
         <w:ind w:left="4950" w:firstLine="810"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00633624">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   Notary Public or Clerk of Court</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A0821" w:rsidRDefault="002A0821" w:rsidP="002A0821">
-[...19 lines deleted...]
-    <w:sectPr w:rsidR="002A0821" w:rsidSect="00CD77CF">
+    <w:sectPr w:rsidR="002A0821" w:rsidRPr="00265B66" w:rsidSect="00D327FD">
       <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="317" w:right="864" w:bottom="720" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
+    <w:p w14:paraId="3D67136C" w14:textId="77777777" w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
+    <w:p w14:paraId="414E2A69" w14:textId="77777777" w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3032A238" w14:textId="45202B37" w:rsidR="0027109D" w:rsidRDefault="0027109D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="056EE3D6" w14:textId="77777777" w:rsidR="0027109D" w:rsidRDefault="0027109D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
+    <w:p w14:paraId="6B9E3291" w14:textId="77777777" w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
+    <w:p w14:paraId="3365617E" w14:textId="77777777" w:rsidR="004B77C7" w:rsidRDefault="004B77C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="018CED52" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+  <w:p w14:paraId="16791C69" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+  <w:p w14:paraId="3F43B5C6" w14:textId="77777777" w:rsidR="00A96085" w:rsidRPr="006308D6" w:rsidRDefault="00FC1D07">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:left="-720" w:firstLine="720"/>
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="202E3C6F">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2063" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-12.15pt;margin-top:1.6pt;width:1in;height:18pt;z-index:-251658752" filled="f" stroked="f">
           <v:textbox>
             <w:txbxContent>
-              <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085">
+              <w:p w14:paraId="28D12CAB" w14:textId="77777777" w:rsidR="00A96085" w:rsidRDefault="00A96085">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="DDDDDD"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:color w:val="DDDDDD"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Family Court</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00A96085" w:rsidRPr="005C0549" w:rsidRDefault="00A96085">
+              <w:p w14:paraId="7BAB5464" w14:textId="77777777" w:rsidR="00A96085" w:rsidRPr="005C0549" w:rsidRDefault="00A96085">
                 <w:pPr>
                   <w:rPr>
                     <w:color w:val="DDDDDD"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A96085" w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Form</w:t>
     </w:r>
-    <w:r w:rsidR="002A0821">
+    <w:r w:rsidR="002A0821" w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> 421</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A96085" w:rsidRDefault="00A96085" w:rsidP="00CD77CF">
+  <w:p w14:paraId="23A132CD" w14:textId="69B60750" w:rsidR="00A96085" w:rsidRPr="006308D6" w:rsidRDefault="00A96085" w:rsidP="00CD77CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">(Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00BC756B">
+    <w:r w:rsidR="00BC756B" w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="002A0821">
+    <w:r w:rsidR="000229E6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>/1</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00BC756B">
+    <w:r w:rsidR="002A0821" w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AD4C09" w:rsidRPr="006308D6">
       <w:rPr>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>26</w:t>
+    </w:r>
+    <w:r w:rsidRPr="006308D6">
+      <w:rPr>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2B7449B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DB40E4DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3105,385 +2898,456 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="299455484">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2096323316">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1605189401">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="546995853">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1496996249">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="191038475">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2010133832">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1569807730">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="807631760">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1098599313">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="258029488">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="253977714">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="84"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="118"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2NMtwsvT76IURHRY0bVvyfsUZN1HcvHOnMPvncjhDlkD4RW4VlaXsjp4N7OLwZmnxw6oiJHYrH7X396fvQ/LAQ==" w:salt="S0VJElEal2CndaTjhiTp/w=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qe0FzcG2gaNxinxDPr8Mjp5iAMv0E3u+64cpZkuineaeUqNTlYxodJg8N264tQHygMurXAG90Ut1hMPzgLLkbQ==" w:salt="NzdldcINW1F+b9fjmBCLnQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="TableTheme"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2064"/>
+    <o:shapedefaults v:ext="edit" spidmax="2065"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B033F"/>
     <w:rsid w:val="00001516"/>
     <w:rsid w:val="00017A4E"/>
+    <w:rsid w:val="000229E6"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="000313EA"/>
     <w:rsid w:val="00032A16"/>
     <w:rsid w:val="00035618"/>
     <w:rsid w:val="000456D7"/>
     <w:rsid w:val="00045B2D"/>
     <w:rsid w:val="00084370"/>
     <w:rsid w:val="00095B0E"/>
     <w:rsid w:val="000D02C8"/>
     <w:rsid w:val="000D32B6"/>
     <w:rsid w:val="000D4919"/>
+    <w:rsid w:val="000D77D4"/>
     <w:rsid w:val="000F62DB"/>
     <w:rsid w:val="00103773"/>
     <w:rsid w:val="00132E5D"/>
     <w:rsid w:val="001420AC"/>
     <w:rsid w:val="00152CDE"/>
     <w:rsid w:val="00155DEA"/>
     <w:rsid w:val="00161530"/>
     <w:rsid w:val="001716C9"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="001864B5"/>
     <w:rsid w:val="001A469D"/>
     <w:rsid w:val="001B4F85"/>
     <w:rsid w:val="001E5734"/>
     <w:rsid w:val="001F34B5"/>
     <w:rsid w:val="0021164D"/>
     <w:rsid w:val="002402DA"/>
+    <w:rsid w:val="00247720"/>
+    <w:rsid w:val="00265B66"/>
+    <w:rsid w:val="0027109D"/>
     <w:rsid w:val="002837A0"/>
     <w:rsid w:val="00285E9D"/>
     <w:rsid w:val="002904D7"/>
     <w:rsid w:val="002A0821"/>
     <w:rsid w:val="002A33E6"/>
     <w:rsid w:val="002A66DA"/>
     <w:rsid w:val="002C5FA4"/>
+    <w:rsid w:val="002D0A57"/>
     <w:rsid w:val="002D51B5"/>
+    <w:rsid w:val="002D68D7"/>
+    <w:rsid w:val="00304DDF"/>
     <w:rsid w:val="0030779E"/>
     <w:rsid w:val="003124CC"/>
     <w:rsid w:val="003408F7"/>
+    <w:rsid w:val="00367EBB"/>
     <w:rsid w:val="00381628"/>
     <w:rsid w:val="003921E1"/>
     <w:rsid w:val="003A2B49"/>
     <w:rsid w:val="003A5C25"/>
     <w:rsid w:val="003F56F3"/>
     <w:rsid w:val="0042122D"/>
     <w:rsid w:val="00456F64"/>
     <w:rsid w:val="00461541"/>
     <w:rsid w:val="00476CFD"/>
     <w:rsid w:val="004B77C7"/>
     <w:rsid w:val="004E6C17"/>
     <w:rsid w:val="0050090A"/>
     <w:rsid w:val="00503751"/>
     <w:rsid w:val="005042EA"/>
     <w:rsid w:val="005161FE"/>
     <w:rsid w:val="00520A17"/>
     <w:rsid w:val="00523333"/>
     <w:rsid w:val="00524C96"/>
     <w:rsid w:val="00527D38"/>
     <w:rsid w:val="00532584"/>
     <w:rsid w:val="00534CF3"/>
     <w:rsid w:val="005456F5"/>
     <w:rsid w:val="005466BB"/>
     <w:rsid w:val="00547600"/>
     <w:rsid w:val="005676F1"/>
     <w:rsid w:val="00573C14"/>
     <w:rsid w:val="005A12B1"/>
     <w:rsid w:val="005C0549"/>
+    <w:rsid w:val="005C0BD4"/>
     <w:rsid w:val="005C4DB2"/>
     <w:rsid w:val="005C5607"/>
     <w:rsid w:val="005D33AF"/>
     <w:rsid w:val="005D392A"/>
     <w:rsid w:val="005D7429"/>
     <w:rsid w:val="005F509F"/>
+    <w:rsid w:val="006308D6"/>
+    <w:rsid w:val="00633624"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="00683FF2"/>
     <w:rsid w:val="006B033F"/>
     <w:rsid w:val="006F5119"/>
     <w:rsid w:val="00753ABB"/>
     <w:rsid w:val="007643AF"/>
+    <w:rsid w:val="007853BA"/>
     <w:rsid w:val="0079069E"/>
     <w:rsid w:val="007C47B6"/>
     <w:rsid w:val="007D3F3D"/>
     <w:rsid w:val="00815D77"/>
     <w:rsid w:val="00817473"/>
     <w:rsid w:val="008277B0"/>
     <w:rsid w:val="00827AB4"/>
     <w:rsid w:val="00830BEB"/>
     <w:rsid w:val="00875B94"/>
     <w:rsid w:val="0089127B"/>
     <w:rsid w:val="008A57CD"/>
+    <w:rsid w:val="008B14D6"/>
     <w:rsid w:val="008C0667"/>
     <w:rsid w:val="008C151E"/>
     <w:rsid w:val="008D61C4"/>
     <w:rsid w:val="009216CC"/>
+    <w:rsid w:val="00931A72"/>
     <w:rsid w:val="00946B6A"/>
     <w:rsid w:val="00994CAE"/>
     <w:rsid w:val="00995D40"/>
     <w:rsid w:val="009A5074"/>
     <w:rsid w:val="009B128F"/>
     <w:rsid w:val="009B5BEC"/>
     <w:rsid w:val="009E633B"/>
     <w:rsid w:val="009F34C3"/>
     <w:rsid w:val="009F6D3B"/>
     <w:rsid w:val="00A27565"/>
     <w:rsid w:val="00A4006C"/>
     <w:rsid w:val="00A409E3"/>
     <w:rsid w:val="00A52BCA"/>
     <w:rsid w:val="00A6069E"/>
     <w:rsid w:val="00A60EDE"/>
     <w:rsid w:val="00A638CC"/>
     <w:rsid w:val="00A67CB6"/>
     <w:rsid w:val="00A96085"/>
     <w:rsid w:val="00AC0DCE"/>
+    <w:rsid w:val="00AC308C"/>
+    <w:rsid w:val="00AD4C09"/>
     <w:rsid w:val="00AE6B8D"/>
     <w:rsid w:val="00B15E87"/>
     <w:rsid w:val="00B2246F"/>
     <w:rsid w:val="00B24DFA"/>
     <w:rsid w:val="00B5008F"/>
     <w:rsid w:val="00B53855"/>
     <w:rsid w:val="00B95C26"/>
     <w:rsid w:val="00BA124E"/>
     <w:rsid w:val="00BA1841"/>
     <w:rsid w:val="00BB0BFE"/>
+    <w:rsid w:val="00BC13FC"/>
     <w:rsid w:val="00BC756B"/>
     <w:rsid w:val="00C16B76"/>
     <w:rsid w:val="00C174FE"/>
     <w:rsid w:val="00C5305E"/>
     <w:rsid w:val="00C65F9D"/>
     <w:rsid w:val="00C933F9"/>
     <w:rsid w:val="00CA32A8"/>
     <w:rsid w:val="00CC47C7"/>
     <w:rsid w:val="00CD77CF"/>
     <w:rsid w:val="00D23736"/>
     <w:rsid w:val="00D277C8"/>
     <w:rsid w:val="00D31A8C"/>
+    <w:rsid w:val="00D327FD"/>
     <w:rsid w:val="00D562F5"/>
+    <w:rsid w:val="00D642BE"/>
     <w:rsid w:val="00DA6183"/>
     <w:rsid w:val="00DE12DC"/>
     <w:rsid w:val="00DE65E1"/>
     <w:rsid w:val="00DE6EF4"/>
     <w:rsid w:val="00DF6E55"/>
     <w:rsid w:val="00E17C20"/>
+    <w:rsid w:val="00E237C1"/>
     <w:rsid w:val="00E36A29"/>
     <w:rsid w:val="00E448E1"/>
     <w:rsid w:val="00E5756D"/>
     <w:rsid w:val="00E91C8C"/>
     <w:rsid w:val="00EA2E7D"/>
     <w:rsid w:val="00EB5C26"/>
     <w:rsid w:val="00EC7D9A"/>
     <w:rsid w:val="00ED2D3D"/>
     <w:rsid w:val="00ED33C4"/>
     <w:rsid w:val="00ED3814"/>
+    <w:rsid w:val="00EE4E8B"/>
     <w:rsid w:val="00F00E7E"/>
     <w:rsid w:val="00F537C5"/>
     <w:rsid w:val="00F7324B"/>
     <w:rsid w:val="00F82E0F"/>
     <w:rsid w:val="00F84D5A"/>
     <w:rsid w:val="00F93B80"/>
     <w:rsid w:val="00FA1F93"/>
     <w:rsid w:val="00FA36F5"/>
     <w:rsid w:val="00FB51EF"/>
+    <w:rsid w:val="00FC1D07"/>
+    <w:rsid w:val="00FC6C0D"/>
+    <w:rsid w:val="00FD5E02"/>
+    <w:rsid w:val="00FD7A72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2064"/>
+    <o:shapedefaults v:ext="edit" spidmax="2065"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="51F88D6B"/>
+  <w14:docId w14:val="209C64E1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{881E77F7-96ED-4AD1-BE5C-D9942975B3A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:locked="1"/>
     <w:lsdException w:name="toc 2" w:locked="1"/>
     <w:lsdException w:name="toc 3" w:locked="1"/>
     <w:lsdException w:name="toc 4" w:locked="1"/>
     <w:lsdException w:name="toc 5" w:locked="1"/>
     <w:lsdException w:name="toc 6" w:locked="1"/>
     <w:lsdException w:name="toc 7" w:locked="1"/>
     <w:lsdException w:name="toc 8" w:locked="1"/>
     <w:lsdException w:name="toc 9" w:locked="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:locked="1"/>
     <w:lsdException w:name="Subtitle" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3655,50 +3519,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00095B0E"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -3786,296 +3655,292 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00095B0E"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00095B0E"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="001A469D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00DE65E1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="001A469D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00DE65E1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001A469D"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="001A469D"/>
     <w:pPr>
       <w:ind w:left="90"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:locked/>
     <w:rsid w:val="00DE65E1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000D32B6"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableTheme">
     <w:name w:val="Table Theme"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00095B0E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="3366CC"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00095B0E"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00EC7D9A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A96085"/>
     <w:pPr>
       <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:ind w:left="139"/>
       <w:suppressOverlap/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="00A96085"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4316,69 +4181,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABD43A09-003B-4FBC-B6A5-CD1C5ACBEA8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>907</Characters>
+  <Words>174</Words>
+  <Characters>998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1063</CharactersWithSpaces>
+  <CharactersWithSpaces>1170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>