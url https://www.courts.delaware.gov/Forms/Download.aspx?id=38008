--- v0 (2025-10-22)
+++ v1 (2026-03-18)
@@ -1,6840 +1,5261 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004D5ACF" w:rsidRDefault="002E3A6C">
+    <w:p w14:paraId="658024A8" w14:textId="77777777" w:rsidR="004D5ACF" w:rsidRPr="00073CC3" w:rsidRDefault="004C7E47" w:rsidP="003124D5">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:i/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:i/>
+          <w:iCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="66BC3861">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:220.05pt;margin-top:-23.05pt;width:90.75pt;height:90.75pt;z-index:-251658752">
             <v:imagedata r:id="rId7" o:title="test2 Family-Court-grayscale-9per"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="004D5ACF">
+      <w:r w:rsidR="004D5ACF" w:rsidRPr="00073CC3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Family Court of the State of </w:t>
+        <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-[...8 lines deleted...]
-      </w:smartTag>
     </w:p>
-    <w:p w:rsidR="004D5ACF" w:rsidRPr="00767AC2" w:rsidRDefault="004D5ACF">
+    <w:p w14:paraId="000B212B" w14:textId="0596C44A" w:rsidR="004D5ACF" w:rsidRPr="00AC1622" w:rsidRDefault="004D5ACF" w:rsidP="003124D5">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check1"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> New Castle</w:t>
+        <w:t xml:space="preserve"> New Castle  </w:t>
       </w:r>
-      <w:r w:rsidR="001065C9">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:bookmarkStart w:id="2" w:name="Check2"/>
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kent</w:t>
       </w:r>
-      <w:r w:rsidR="001065C9">
+      <w:r w:rsidR="00BE5415" w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> County</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Check3"/>
-      <w:r w:rsidRPr="00767AC2">
+      <w:bookmarkStart w:id="3" w:name="Check3"/>
+      <w:r w:rsidRPr="00AC1622">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sussex County</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE694D" w:rsidRPr="00AC1622">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460423D2" w14:textId="77777777" w:rsidR="00D648F3" w:rsidRPr="00DE0A1D" w:rsidRDefault="00D648F3" w:rsidP="003124D5">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27DF07C8" w14:textId="77777777" w:rsidR="00D648F3" w:rsidRPr="004C7E47" w:rsidRDefault="00A71868" w:rsidP="003124D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00767AC2">
+      </w:pPr>
+      <w:r w:rsidRPr="004C7E47">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">STANDBY </w:t>
       </w:r>
-      <w:r w:rsidRPr="00767AC2">
+      <w:r w:rsidR="00D648F3" w:rsidRPr="004C7E47">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...42 lines deleted...]
-          <w:sz w:val="26"/>
         </w:rPr>
         <w:t>GUARDIANSHIP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D648F3" w:rsidRPr="009C05AD" w:rsidRDefault="00D648F3" w:rsidP="009C05AD">
+    <w:p w14:paraId="323A58A0" w14:textId="77777777" w:rsidR="00D648F3" w:rsidRPr="004C7E47" w:rsidRDefault="00D648F3" w:rsidP="003124D5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:before="0" w:after="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
-          <w:sz w:val="26"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C05AD">
+      <w:r w:rsidRPr="004C7E47">
         <w:rPr>
           <w:i w:val="0"/>
-          <w:sz w:val="26"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AFFIDAVIT OF CONSENT OF CHILD</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5769">
+      <w:r w:rsidR="00BC5769" w:rsidRPr="004C7E47">
         <w:rPr>
           <w:i w:val="0"/>
-          <w:sz w:val="26"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14 YEARS OF AGE OR OLDER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D648F3" w:rsidRDefault="00D648F3" w:rsidP="00A543AB">
+    <w:p w14:paraId="0366CB38" w14:textId="77777777" w:rsidR="00D648F3" w:rsidRPr="00DE0A1D" w:rsidRDefault="00D648F3" w:rsidP="003124D5">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B05A1F" w:rsidRPr="00B175B6" w:rsidRDefault="00B05A1F" w:rsidP="00A543AB">
+    <w:p w14:paraId="61695FC2" w14:textId="66ACB9AA" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
       <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B175B6">
+      <w:r w:rsidRPr="00DE0A1D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B175B6">
+      <w:r w:rsidRPr="00DE0A1D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
+        <w:t>Respondent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B175B6">
+      <w:r w:rsidRPr="00DE0A1D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10880" w:type="dxa"/>
-        <w:tblInd w:w="-65" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4320"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2000"/>
+        <w:gridCol w:w="2795"/>
+        <w:gridCol w:w="1515"/>
+        <w:gridCol w:w="59"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008856E7" w:rsidRPr="005E78B6" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="55BD64FA" w14:textId="77777777" w:rsidTr="00376C07">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-            <w:tcBorders>
+            <w:tcW w:w="2795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="228B8113" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...31 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE38972" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...47 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="201CC890" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...15 lines deleted...]
-            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B46F03E" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7B2948" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EEB6FD1" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008856E7" w:rsidRPr="005E78B6" w:rsidRDefault="008856E7" w:rsidP="000B5916">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="100"/>
+          <w:p w14:paraId="292D9BC4" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="5" w:name="Text2"/>
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="5C0581F5" w14:textId="77777777" w:rsidTr="00376C07">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="2795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...17 lines deleted...]
-              </w:rPr>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD79C31" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...8 lines deleted...]
-              <w:bottom w:val="nil"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="4" w:name="Text60"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...39 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="338FE7AE" w14:textId="4DFA8924" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text3"/>
+                  <w:name w:val="Text60"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B7DCEC" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A313FD" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
-[...7 lines deleted...]
-              <w:top w:val="nil"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="Text61"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5542AAF9" w14:textId="0FC4EA31" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text61"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008856E7" w:rsidRPr="005E78B6" w:rsidRDefault="008856E7" w:rsidP="004D5ACF">
-[...14 lines deleted...]
-            <w:tcW w:w="2000" w:type="dxa"/>
+          <w:p w14:paraId="79A5F908" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="0" w:right="100"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4F9B4B" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008856E7" w:rsidRPr="005E78B6" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="3F475CD5" w14:textId="77777777" w:rsidTr="0020107D">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="208"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-            <w:tcBorders>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="Heading1"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A577BA1" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="692EB158" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F565F5A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F94C620" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...171 lines deleted...]
-            <w:tcW w:w="2000" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...8 lines deleted...]
-              </w:tabs>
+          </w:tcPr>
+          <w:p w14:paraId="3981AFF0" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="100"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="10"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="6" w:name="Text51"/>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="3EEC6E1A" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC13EA2" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...20 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...16 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="238C8BDE" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:bookmarkStart w:id="7" w:name="Text52"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DE9445" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text4"/>
+                  <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...7 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32EB05FD" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D519C77" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="5883E108" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...41 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F48B271" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F2481A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C51058" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A10E665" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05639626" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Petition Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="8" w:name="Text53"/>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="015B1598" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="565CD6B5" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text5"/>
+                  <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-            <w:tcW w:w="67" w:type="dxa"/>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
-[...56 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...193 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A5BFAF" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:bookmarkStart w:id="9" w:name="Text54"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB785EC" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text8"/>
+                  <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...7 lines deleted...]
-              <w:left w:val="nil"/>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A999768" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7152678A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="7C95C404" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...39 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E581075" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>City/State/Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="337C20BD" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C00B589" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>City/State/Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="024113D0" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15A1D5DA" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text9"/>
+                  <w:name w:val="Text57"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="10"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="10" w:name="Text56"/>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="62811CA5" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="188DCAA9" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-            <w:tcW w:w="67" w:type="dxa"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...58 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...175 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A47CF4" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5A6206" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text7"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="90" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="656F61A9" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D02764B" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3A6C" w:rsidRPr="005E78B6" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="5B00C2B1" w14:textId="77777777" w:rsidTr="0020107D">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="2160" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...25 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E34DA75" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Phone Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAD7F4A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F909FB" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2116"/>
+                <w:tab w:val="left" w:pos="3026"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Phone Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="11" w:name="Text64"/>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="193F1971" w14:textId="77777777" w:rsidTr="0020107D">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="2160" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4739D857" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text10"/>
+                  <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...8 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...18 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="112D6BDB" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...25 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="168F79C4" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2116"/>
+                <w:tab w:val="left" w:pos="3026"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text13"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...45 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008856E7" w:rsidRPr="005E78B6" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="70D40CD7" w14:textId="77777777" w:rsidTr="0020107D">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="2067" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:wAfter w:w="2160" w:type="dxa"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...155 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BFB13C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FF1293" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text16"/>
+                  <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...8 lines deleted...]
-              <w:bottom w:val="nil"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C78920F" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5887F834" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t xml:space="preserve">  Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7349C9EA" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2116"/>
+                <w:tab w:val="left" w:pos="3026"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text40"/>
+                  <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D648F3" w:rsidRDefault="00D648F3" w:rsidP="00767AC2">
+    <w:p w14:paraId="2BAD1344" w14:textId="4E0AB997" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="00EE694D" w:rsidP="003124D5">
       <w:pPr>
-        <w:spacing w:before="60"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DE0A1D">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B175B6">
+      <w:r w:rsidRPr="00DE0A1D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B175B6">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DE0A1D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB1549" w:rsidRPr="00B175B6">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Petitioner </w:t>
+      <w:r w:rsidR="0020107D" w:rsidRPr="00DE0A1D">
+        <w:t>Petitioner (if any)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B175B6">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0020107D" w:rsidRPr="00DE0A1D">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005C75E7" w:rsidRPr="00B175B6">
+      <w:r w:rsidR="0009396B" w:rsidRPr="00DE0A1D">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0009396B" w:rsidRPr="00DE0A1D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-          <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">nd </w:t>
+        <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="00D648F3" w:rsidRPr="00B175B6">
-[...4 lines deleted...]
-        <w:t>Respondent</w:t>
+      <w:r w:rsidR="0009396B" w:rsidRPr="00DE0A1D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B175B6">
-[...36 lines deleted...]
-        <w:t xml:space="preserve">     </w:t>
+      <w:r w:rsidR="0020107D" w:rsidRPr="00DE0A1D">
+        <w:t>Respondent (if any)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8880" w:type="dxa"/>
-        <w:tblInd w:w="-65" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4320"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="67"/>
+        <w:gridCol w:w="2975"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="59"/>
+        <w:gridCol w:w="2836"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="24779508" w14:textId="77777777" w:rsidTr="00376C07">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-            <w:tcBorders>
+            <w:tcW w:w="2975" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C8E03C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...25 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4F310B" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B194544" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43832C7A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...41 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4E1805" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>D.O.B.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="40FC272C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="7746E7B5" w14:textId="77777777" w:rsidTr="00376C07">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="2975" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9D29C7" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5870EA" w14:textId="426AD975" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text60"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF08EA2" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="209CBD96" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="67" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3821EA13" w14:textId="677854C0" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text61"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2C96">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="081DB8CB" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="503D513C" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-            <w:tcBorders>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...72 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76341225" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A91E56" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...72 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FD9DAF" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Heading1"/>
+          <w:p w14:paraId="7C97379C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="65CA3E08" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B62447C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EA3325" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB8F413" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="67" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="14784A62" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="16640752" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...23 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABAAE19" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B5ABDC" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...44 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="028EC1EF" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>P.O. Box Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Heading1"/>
+          <w:p w14:paraId="39B2AB57" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="7A1333BE" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16798FB0" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="4423" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5089FD92" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D1B170" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="67" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7F910900" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="70D84FE2" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...30 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB4EBD8" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>City/State/Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C8A5FF" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...51 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C94EA07" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2116"/>
+                <w:tab w:val="left" w:pos="3026"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>City/State/Zip Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Heading1"/>
+          <w:p w14:paraId="17E2BF79" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3A6C" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="31BFD5B0" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D8385" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="70" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...16 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2B46E1" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="364AFD1B" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2116"/>
+                <w:tab w:val="left" w:pos="3026"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="67" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="008528E0">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="75DCC6B4" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C75E7" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="43F08616" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="200"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...23 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="277582CD" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Phone Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6227BF59" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...44 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E4A11C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Phone Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="008528E0">
-[...1 lines deleted...]
-              <w:pStyle w:val="Heading1"/>
+          <w:p w14:paraId="4305789A" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E3A6C" w:rsidTr="009A1DC8">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="6CC4E19A" w14:textId="77777777" w:rsidTr="00311C0B">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4320" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D54C12C" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:bottom w:val="nil"/>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...31 lines deleted...]
-              </w:rPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3783A441" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50412169" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2476"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text17"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...6 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="008528E0">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6DABA424" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="5DC5C7D1" w14:textId="77777777" w:rsidTr="00311C0B">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="580FB9C5" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t>Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5698E6" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2525"/>
+              </w:tabs>
+              <w:ind w:left="139"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="59" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B34A3B2" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D78AC1E" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2165"/>
+                <w:tab w:val="left" w:pos="3065"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:t xml:space="preserve">  Email Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196FED8B" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="00AC1622">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2476"/>
+              </w:tabs>
+              <w:ind w:firstLine="75"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75F89DAC" w14:textId="77777777" w:rsidR="0020107D" w:rsidRPr="00DE0A1D" w:rsidRDefault="0020107D" w:rsidP="003124D5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D648F3" w:rsidRDefault="00D648F3" w:rsidP="00D648F3">
+    <w:p w14:paraId="3C809C74" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRPr="00DE0A1D" w:rsidRDefault="00BE5415" w:rsidP="003124D5">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-        <w:ind w:firstLine="0"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11111" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3265"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2176"/>
+        <w:gridCol w:w="3535"/>
+        <w:gridCol w:w="3143"/>
+        <w:gridCol w:w="2527"/>
+        <w:gridCol w:w="1906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A92C22" w:rsidRPr="0065795B" w:rsidTr="004436BA">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00C62F4D" w14:paraId="1A1F7C43" w14:textId="77777777" w:rsidTr="002F165B">
         <w:trPr>
-          <w:trHeight w:val="243"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3265" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A92C22" w:rsidRPr="0065795B" w:rsidRDefault="00A92C22" w:rsidP="004436BA">
+            <w:tcW w:w="3535" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6370A8" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRPr="00C62F4D" w:rsidRDefault="00BE5415" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="-18" w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              </w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t xml:space="preserve">     BE IT REMEMBERED, that </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="19" w:name="Text36"/>
-[...2 lines deleted...]
-            <w:tcW w:w="3413" w:type="dxa"/>
+        <w:bookmarkStart w:id="12" w:name="Text36"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3143" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A92C22" w:rsidRPr="0065795B" w:rsidRDefault="002E3A6C" w:rsidP="0065795B">
+          <w:p w14:paraId="70E5BF1C" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRPr="00C62F4D" w:rsidRDefault="00BE5415" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A92C22" w:rsidRPr="0065795B" w:rsidRDefault="00A92C22" w:rsidP="0065795B">
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E18C75" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRPr="00C62F4D" w:rsidRDefault="00BE5415" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="-115" w:right="-288" w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...21 lines deleted...]
-              </w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:t xml:space="preserve">, (“Child”), on this date </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD644F0" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRPr="00C62F4D" w:rsidRDefault="00BE5415" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:left="-108" w:firstLine="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="Text35"/>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              </w:rPr>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:bookmarkStart w:id="14" w:name="Text37"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="002E3A6C" w:rsidRPr="0065795B">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002E3A6C" w:rsidRPr="0065795B">
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002E3A6C" w:rsidRPr="0065795B">
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00463AF7" w:rsidRDefault="008E71BD" w:rsidP="004436BA">
+    <w:p w14:paraId="7DAEF03A" w14:textId="2680F696" w:rsidR="00463AF7" w:rsidRPr="00C62F4D" w:rsidRDefault="008E71BD" w:rsidP="00EF0934">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>being</w:t>
+      <w:r w:rsidRPr="00C62F4D">
+        <w:t xml:space="preserve">being duly </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...18 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC5769" w:rsidRPr="00C62F4D">
         <w:t xml:space="preserve">sworn by </w:t>
       </w:r>
-      <w:r w:rsidR="00463AF7" w:rsidRPr="00BC5769">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00463AF7" w:rsidRPr="00C62F4D">
         <w:t>me according to the law</w:t>
       </w:r>
-      <w:r w:rsidR="004436BA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004436BA" w:rsidRPr="00C62F4D">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00463AF7" w:rsidRPr="00BC5769">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00463AF7" w:rsidRPr="00C62F4D">
         <w:t xml:space="preserve"> personally appeared before me, a Notary Public for the State and </w:t>
       </w:r>
-      <w:r w:rsidR="004436BA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004436BA" w:rsidRPr="00C62F4D">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00463AF7" w:rsidRPr="00BC5769">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00463AF7" w:rsidRPr="00C62F4D">
         <w:t>ounty declared above, did depose and say:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C75E7" w:rsidRDefault="005C75E7" w:rsidP="00463AF7">
+    <w:p w14:paraId="3B42CACB" w14:textId="77777777" w:rsidR="005C75E7" w:rsidRPr="00C62F4D" w:rsidRDefault="005C75E7" w:rsidP="00EF0934">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11455" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2995"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="3265"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="1433"/>
+        <w:gridCol w:w="4057"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C75E7" w:rsidRPr="0065795B" w:rsidTr="00B175B6">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00C62F4D" w14:paraId="0521506E" w14:textId="77777777" w:rsidTr="00BE5415">
         <w:trPr>
-          <w:trHeight w:val="377"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2995" w:type="dxa"/>
+            <w:tcW w:w="3265" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRPr="0065795B" w:rsidRDefault="005C75E7" w:rsidP="0065795B">
+          <w:p w14:paraId="0C6AB2FA" w14:textId="77777777" w:rsidR="005C75E7" w:rsidRPr="00C62F4D" w:rsidRDefault="005C75E7" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              </w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t xml:space="preserve">        1)  I hereby agree that </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="22" w:name="Text38"/>
-[...2 lines deleted...]
-            <w:tcW w:w="4403" w:type="dxa"/>
+        <w:bookmarkStart w:id="15" w:name="Text38"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRPr="0065795B" w:rsidRDefault="002E3A6C" w:rsidP="0065795B">
+          <w:p w14:paraId="7460E381" w14:textId="77777777" w:rsidR="005C75E7" w:rsidRPr="00C62F4D" w:rsidRDefault="002E3A6C" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...4 lines deleted...]
-            <w:tcW w:w="3618" w:type="dxa"/>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005C75E7" w:rsidRPr="0065795B" w:rsidRDefault="005C75E7" w:rsidP="0065795B">
+          <w:p w14:paraId="4404BF07" w14:textId="77777777" w:rsidR="005C75E7" w:rsidRPr="00C62F4D" w:rsidRDefault="005C75E7" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              </w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t>shall be my standby guardian(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E78B6" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00C62F4D" w14:paraId="3AF3AD93" w14:textId="77777777" w:rsidTr="00BE5415">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5580" w:type="dxa"/>
+            <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005E78B6" w:rsidRPr="0065795B" w:rsidRDefault="005E78B6" w:rsidP="0065795B">
+          <w:p w14:paraId="6A173A1D" w14:textId="77777777" w:rsidR="005E78B6" w:rsidRPr="00C62F4D" w:rsidRDefault="005E78B6" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-              </w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:t xml:space="preserve">        2)  I understand that as my standby guardian(s), </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="23" w:name="Text39"/>
-[...2 lines deleted...]
-            <w:tcW w:w="5436" w:type="dxa"/>
+        <w:bookmarkStart w:id="16" w:name="Text39"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005E78B6" w:rsidRPr="0065795B" w:rsidRDefault="002E3A6C" w:rsidP="0065795B">
+          <w:p w14:paraId="181D668B" w14:textId="77777777" w:rsidR="005E78B6" w:rsidRPr="00C62F4D" w:rsidRDefault="002E3A6C" w:rsidP="00EF0934">
             <w:pPr>
               <w:pStyle w:val="BodyTextIndent2"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C62F4D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...42 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62F4D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs w:val="0"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...92 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C75E7" w:rsidRPr="00BC5769" w:rsidRDefault="005C75E7" w:rsidP="00463AF7">
+    <w:p w14:paraId="1112FC0E" w14:textId="11F24121" w:rsidR="005C75E7" w:rsidRPr="00C62F4D" w:rsidRDefault="00BE5415" w:rsidP="00EF0934">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C62F4D">
+        <w:t>shall protect, manage and care for me as a parent would and they shall make decisions regarding my care upon the occurrence of my parent(s)/ guardian(s) death, incapacity, or debilitation.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA1CD5" w:rsidRDefault="00FA1CD5" w:rsidP="00767AC2">
+    <w:p w14:paraId="3AEC5A3B" w14:textId="77777777" w:rsidR="00D648F3" w:rsidRPr="00C62F4D" w:rsidRDefault="00D648F3" w:rsidP="00EF0934">
       <w:pPr>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4428"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="4410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="0D1E5B1B" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="184E5138" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="atLeast"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:t>SWORN TO AND SUBSCRIBED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0F8E8546" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="699B7D2F" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="383F21AE" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6099C4EB" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:t>before me this date,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0624485C" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="38F8B4DC" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="6C0F3101" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="68FBEE2B" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="23ECDF49" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="513EAA11" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="24" w:name="Text28"/>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:bookmarkStart w:id="17" w:name="Text28"/>
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="4C3F5E2C" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="002E3A6C" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="1DD7E39C" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="002E3A6C" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0065795B">
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7E438F0A" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="001065C9" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="00D37BC1" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="001065C9" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text41"/>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:bookmarkStart w:id="18" w:name="Text41"/>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="69C67EFF" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="360CADA1" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1F6DD128" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="52FDB2F0" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="003F5CA9" w:rsidRPr="0065795B">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="003F5CA9" w:rsidRPr="00DE0A1D">
               <w:t>ffiant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="003124D5" w:rsidRPr="00DE0A1D" w14:paraId="4290E6B6" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="7F02E65B" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D4C3C94" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="60BCB5A2" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidTr="0065795B">
+      <w:tr w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w14:paraId="262324ED" w14:textId="77777777" w:rsidTr="0065795B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="0065795B">
-            <w:pPr>
+          <w:p w14:paraId="4BEFAC4F" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...10 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0A1D">
               <w:t>Notary Public/Clerk of Court</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="44B22485" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B50E4B" w:rsidRPr="0065795B" w:rsidRDefault="00B50E4B" w:rsidP="00CA5395">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="012FE9A6" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidRDefault="00B50E4B" w:rsidP="00767AC2"/>
-    <w:sectPr w:rsidR="00B50E4B" w:rsidRPr="00A93556" w:rsidSect="00767AC2">
+    <w:p w14:paraId="2D4C649A" w14:textId="77777777" w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidRDefault="00B50E4B" w:rsidP="00EF0934"/>
+    <w:sectPr w:rsidR="00B50E4B" w:rsidRPr="00DE0A1D" w:rsidSect="003124D5">
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="288" w:left="720" w:header="288" w:footer="432" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001065C9" w:rsidRDefault="001065C9">
+    <w:p w14:paraId="1E006711" w14:textId="77777777" w:rsidR="001065C9" w:rsidRDefault="001065C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001065C9" w:rsidRDefault="001065C9">
+    <w:p w14:paraId="6A734BA7" w14:textId="77777777" w:rsidR="001065C9" w:rsidRDefault="001065C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="312E4A4D" w14:textId="0907561B" w:rsidR="00BE5415" w:rsidRPr="00AC1622" w:rsidRDefault="00BE5415">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC1622">
+      <w:rPr>
+        <w:i/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="61A49856" w14:textId="77777777" w:rsidR="00BE5415" w:rsidRDefault="00BE5415">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001065C9" w:rsidRDefault="001065C9">
+    <w:p w14:paraId="6EA7AF72" w14:textId="77777777" w:rsidR="001065C9" w:rsidRDefault="001065C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001065C9" w:rsidRDefault="001065C9">
+    <w:p w14:paraId="2B678302" w14:textId="77777777" w:rsidR="001065C9" w:rsidRDefault="001065C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="403B2210" w14:textId="77777777" w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
+  <w:p w14:paraId="3796863F" w14:textId="77777777" w:rsidR="002E3A6C" w:rsidRPr="00AC1622" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:i/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00AC1622">
       <w:t xml:space="preserve">Form 201S </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
+  <w:p w14:paraId="24A8EED6" w14:textId="372A6E8E" w:rsidR="002E3A6C" w:rsidRPr="00AC1622" w:rsidRDefault="002E3A6C" w:rsidP="00A93556">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-180"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-        <w:sz w:val="16"/>
+        <w:i/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>(Rev. 1</w:t>
+    <w:r w:rsidRPr="00AC1622">
+      <w:t xml:space="preserve">Rev. </w:t>
     </w:r>
-    <w:r w:rsidR="004436BA">
-[...25 lines deleted...]
-      <w:t>)</w:t>
+    <w:r w:rsidR="00BE5415" w:rsidRPr="00AC1622">
+      <w:t>02/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36988F59" w14:textId="77777777" w:rsidR="002E3A6C" w:rsidRDefault="002E3A6C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 350</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="002E3A6C" w:rsidRPr="00A543AB" w:rsidRDefault="002E3A6C">
+  <w:p w14:paraId="15C00C8C" w14:textId="77777777" w:rsidR="002E3A6C" w:rsidRPr="00A543AB" w:rsidRDefault="002E3A6C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>(Rev. 6/05)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B1C5DB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20B027C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="604E2368"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
@@ -6948,269 +5369,347 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1367F5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090007"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="757940740">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="167714684">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="781994737">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="84"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FOSUMczOHU8f6dqr7V9X127uAAQM7L94ihlWwO+EzGbHy8mm1WkLvQhWTsuJUB3UPnrW2KngVpJyLhfL89UX9Q==" w:salt="H/NYC5SENBtFAeVW+BnY8w=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Z+13yk3BRRXCUwpjXsDYRJ2TXAtBXZeWG1/omg9dvBlNsBxGtNQ3Hjq4OpHjHiJrzey0fF5kubCScGyBC5gRJQ==" w:salt="WenJkag33yCqQMaN+5T0cw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotSuppressParagraphBorders/>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D648F3"/>
     <w:rsid w:val="00001F3B"/>
     <w:rsid w:val="0007011F"/>
+    <w:rsid w:val="00073CC3"/>
+    <w:rsid w:val="0009396B"/>
     <w:rsid w:val="000B5916"/>
     <w:rsid w:val="000B73AE"/>
     <w:rsid w:val="000D7FF5"/>
     <w:rsid w:val="001065C9"/>
     <w:rsid w:val="00136131"/>
     <w:rsid w:val="00137CBD"/>
     <w:rsid w:val="001901E3"/>
     <w:rsid w:val="001B703B"/>
     <w:rsid w:val="001E2F69"/>
     <w:rsid w:val="001F4CA6"/>
+    <w:rsid w:val="0020107D"/>
     <w:rsid w:val="002439E3"/>
     <w:rsid w:val="00246849"/>
     <w:rsid w:val="002567DC"/>
     <w:rsid w:val="002575FE"/>
+    <w:rsid w:val="002B0F05"/>
     <w:rsid w:val="002D2CE3"/>
     <w:rsid w:val="002E3A6C"/>
+    <w:rsid w:val="002F165B"/>
+    <w:rsid w:val="00311C0B"/>
+    <w:rsid w:val="003124D5"/>
+    <w:rsid w:val="00376C07"/>
     <w:rsid w:val="0038658C"/>
     <w:rsid w:val="003C050B"/>
     <w:rsid w:val="003D1DA9"/>
     <w:rsid w:val="003F5CA9"/>
+    <w:rsid w:val="00417DBA"/>
     <w:rsid w:val="004436BA"/>
     <w:rsid w:val="004462A7"/>
     <w:rsid w:val="00463AF7"/>
+    <w:rsid w:val="004C7E47"/>
     <w:rsid w:val="004D2A34"/>
     <w:rsid w:val="004D5ACF"/>
     <w:rsid w:val="00500AB4"/>
     <w:rsid w:val="00552ACF"/>
     <w:rsid w:val="005C75E7"/>
     <w:rsid w:val="005D0988"/>
     <w:rsid w:val="005E5D05"/>
     <w:rsid w:val="005E78B6"/>
     <w:rsid w:val="00642CE0"/>
     <w:rsid w:val="006511CF"/>
     <w:rsid w:val="0065795B"/>
     <w:rsid w:val="006665F2"/>
     <w:rsid w:val="00683F40"/>
     <w:rsid w:val="006C31EE"/>
     <w:rsid w:val="006E481E"/>
     <w:rsid w:val="006F6C35"/>
     <w:rsid w:val="00721927"/>
     <w:rsid w:val="007350B3"/>
     <w:rsid w:val="00743E17"/>
     <w:rsid w:val="007605AA"/>
     <w:rsid w:val="00767AC2"/>
     <w:rsid w:val="007D24D0"/>
     <w:rsid w:val="007D3343"/>
     <w:rsid w:val="007F3A21"/>
     <w:rsid w:val="008528E0"/>
     <w:rsid w:val="00854318"/>
     <w:rsid w:val="00857C11"/>
     <w:rsid w:val="008856E7"/>
+    <w:rsid w:val="008A0F72"/>
     <w:rsid w:val="008A43EF"/>
     <w:rsid w:val="008A6818"/>
     <w:rsid w:val="008E71BD"/>
+    <w:rsid w:val="00917C27"/>
     <w:rsid w:val="00953018"/>
     <w:rsid w:val="00972D99"/>
     <w:rsid w:val="009A1DC8"/>
     <w:rsid w:val="009A1E6A"/>
     <w:rsid w:val="009B425A"/>
     <w:rsid w:val="009C05AD"/>
     <w:rsid w:val="009D5E68"/>
     <w:rsid w:val="009D7271"/>
     <w:rsid w:val="00A032BA"/>
     <w:rsid w:val="00A04F54"/>
+    <w:rsid w:val="00A25308"/>
     <w:rsid w:val="00A51D15"/>
     <w:rsid w:val="00A543AB"/>
     <w:rsid w:val="00A576DD"/>
     <w:rsid w:val="00A71868"/>
+    <w:rsid w:val="00A738CB"/>
     <w:rsid w:val="00A92C22"/>
     <w:rsid w:val="00A93556"/>
+    <w:rsid w:val="00AC1622"/>
     <w:rsid w:val="00AC2094"/>
     <w:rsid w:val="00B05A1F"/>
     <w:rsid w:val="00B175B6"/>
     <w:rsid w:val="00B217B8"/>
     <w:rsid w:val="00B50E4B"/>
     <w:rsid w:val="00B73822"/>
     <w:rsid w:val="00BB4C51"/>
+    <w:rsid w:val="00BC2C96"/>
     <w:rsid w:val="00BC5769"/>
     <w:rsid w:val="00BE1DAD"/>
+    <w:rsid w:val="00BE5415"/>
+    <w:rsid w:val="00C441A1"/>
+    <w:rsid w:val="00C62F4D"/>
     <w:rsid w:val="00CA5395"/>
     <w:rsid w:val="00CA6359"/>
+    <w:rsid w:val="00CC5042"/>
     <w:rsid w:val="00CC6A27"/>
+    <w:rsid w:val="00CD7B3A"/>
     <w:rsid w:val="00CE1E27"/>
     <w:rsid w:val="00D373F4"/>
     <w:rsid w:val="00D648F3"/>
     <w:rsid w:val="00D7490C"/>
+    <w:rsid w:val="00DE0A1D"/>
+    <w:rsid w:val="00E047C0"/>
     <w:rsid w:val="00E31DF7"/>
+    <w:rsid w:val="00E651C5"/>
     <w:rsid w:val="00E821C3"/>
+    <w:rsid w:val="00EE694D"/>
+    <w:rsid w:val="00EF0934"/>
     <w:rsid w:val="00FA1CD5"/>
     <w:rsid w:val="00FB1549"/>
+    <w:rsid w:val="00FC0642"/>
+    <w:rsid w:val="00FC5B27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2B2DCE89"/>
+  <w14:docId w14:val="7A19A82E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFFCE9E6-CCE7-42CC-A0C6-48A7D4C63C60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:iCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7382,201 +5881,210 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B05A1F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
-      <w:iCs/>
+      <w:iCs w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D648F3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="-450" w:right="-144"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00A93556"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00D648F3"/>
     <w:pPr>
       <w:ind w:firstLine="360"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE5415"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7798,73 +6306,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2024</Characters>
+  <Pages>2</Pages>
+  <Words>315</Words>
+  <Characters>1801</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2374</CharactersWithSpaces>
+  <CharactersWithSpaces>2112</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
   <dc:creator>Clark, Tempess (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>