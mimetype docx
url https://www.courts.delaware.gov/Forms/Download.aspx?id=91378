--- v0 (2025-10-10)
+++ v1 (2026-03-09)
@@ -1,66 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="004D31CF">
+    <w:p w14:paraId="32197D8D" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00AF2A4B" w:rsidRDefault="004D31CF" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AF2A4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="328B5519" wp14:editId="264C65EB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2794635</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-345440</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1152525" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="test2 Family-Court-grayscale-9per"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
@@ -75,12935 +79,14038 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1152525" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="003F2E25">
+      <w:r w:rsidR="003F2E25" w:rsidRPr="00AF2A4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+    <w:p w14:paraId="16F25049" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">In and For </w:t>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check1"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000349C0">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> New Castle  </w:t>
       </w:r>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check2"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000349C0">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Kent  </w:t>
       </w:r>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check3"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="000349C0">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00321CFB">
+      <w:r w:rsidR="00321CFB" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+    <w:p w14:paraId="7992FA61" w14:textId="77777777" w:rsidR="00E64ED5" w:rsidRPr="00156FD3" w:rsidRDefault="00E64ED5">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="7DF8880F" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:bookmarkStart w:id="4" w:name="Text1"/>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="169C5659" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00321CFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="06A95898" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="29B884E7" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="26CF68E9" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="4FA3F886" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="4288AA59" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:sz w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petitioner,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="0FFBFEC3" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="51693DEE" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="4D79AB0D" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="1218E001" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="60820E9C" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="78776005" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w14:paraId="16AB887E" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>File No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="5" w:name="Text3"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB" w:rsidP="00A54569">
-[...9 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w14:paraId="4DA01A2C" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00321CFB" w:rsidP="00A54569">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="_GoBack"/>
-[...44 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="65C07F1D" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="5F564DEB" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>v.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="0CF81C1F" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="255B8C62" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25" w:rsidP="00A54569">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="44254B24" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25" w:rsidP="00A54569">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="34274A11" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="24D96FFA" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="44A987A3" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00AF6762">
-[...9 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w14:paraId="36C54C6F" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00AF6762">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pet</w:t>
             </w:r>
-            <w:r w:rsidR="00CF70BA">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="00CF70BA" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="003F2E25">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="003F2E25" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="7" w:name="Text4"/>
+        <w:bookmarkStart w:id="6" w:name="Text4"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB" w:rsidP="00A54569">
-[...9 lines deleted...]
-                <w:sz w:val="22"/>
+          <w:p w14:paraId="4A121E75" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00321CFB" w:rsidP="00A54569">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...42 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="8" w:name="Text2"/>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="03DA9153" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="625146AA" w14:textId="795B278B" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="009E6C9F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text2"/>
+                  <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...42 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="6310D573" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="17D999FC" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="11F52008" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00AF6762">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="5A8EE7F6" w14:textId="77777777" w:rsidTr="00AF6762">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="7305DC64" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:sz w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respondent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="42E4CDDB" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">        )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="5EBA2931" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="26CB2674" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+    <w:p w14:paraId="3765AE92" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00426CCD" w:rsidRDefault="00426CCD">
+    <w:p w14:paraId="52E6E796" w14:textId="77777777" w:rsidR="00426CCD" w:rsidRPr="00156FD3" w:rsidRDefault="00426CCD">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+    <w:p w14:paraId="7F4F4971" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="00483385">
+    <w:p w14:paraId="1FC18018" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00483385">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CERTIFICATION OF FIREARM </w:t>
       </w:r>
-      <w:r w:rsidR="00464B2E">
+      <w:r w:rsidR="00464B2E" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UN</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AVAILABILITY </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+    <w:p w14:paraId="28840B82" w14:textId="77777777" w:rsidR="005E028D" w:rsidRPr="00156FD3" w:rsidRDefault="005E028D">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E028D" w:rsidRDefault="005E028D">
+    <w:p w14:paraId="6CBA32CC" w14:textId="77777777" w:rsidR="005E028D" w:rsidRPr="00156FD3" w:rsidRDefault="00120284" w:rsidP="00156FD3">
       <w:pPr>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If you did not relinquish all firearms listed in the Protection from Abuse Order, please c</w:t>
       </w:r>
-      <w:r w:rsidR="005E028D" w:rsidRPr="005E028D">
+      <w:r w:rsidR="005E028D" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>heck and complete the statement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or statements below that indicate</w:t>
       </w:r>
-      <w:r w:rsidR="005E028D" w:rsidRPr="005E028D">
+      <w:r w:rsidR="005E028D" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> how you complied with the order to relinquish you</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="005E028D" w:rsidRPr="005E028D">
+      <w:r w:rsidR="005E028D" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> firearms.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E028D" w:rsidRPr="005E028D" w:rsidRDefault="005E028D" w:rsidP="005E028D">
-[...9 lines deleted...]
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="004B7CB6" w:rsidP="00554AD6">
+    <w:p w14:paraId="797A14C1" w14:textId="16349AF2" w:rsidR="001E5E63" w:rsidRPr="001E5E63" w:rsidRDefault="001E5E63" w:rsidP="001E5E63">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...4432 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="625"/>
         <w:gridCol w:w="373"/>
         <w:gridCol w:w="4896"/>
         <w:gridCol w:w="4896"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E72397" w:rsidTr="00193B9B">
+      <w:tr w:rsidR="002E55F8" w:rsidRPr="00156FD3" w14:paraId="6846EDC1" w14:textId="77777777" w:rsidTr="001E5E63">
         <w:trPr>
-          <w:trHeight w:val="413"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+          <w:p w14:paraId="652BCDA5" w14:textId="77777777" w:rsidR="002E55F8" w:rsidRPr="00156FD3" w:rsidRDefault="002E55F8" w:rsidP="002E55F8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="24"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="7" w:name="Check4"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000349C0">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+          <w:p w14:paraId="5C7D1386" w14:textId="77777777" w:rsidR="002E55F8" w:rsidRPr="00156FD3" w:rsidRDefault="002E55F8" w:rsidP="001E5E63">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="8" w:name="Text16"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+          <w:p w14:paraId="4562DAB0" w14:textId="3908FE47" w:rsidR="002E55F8" w:rsidRPr="00156FD3" w:rsidRDefault="009E6C9F" w:rsidP="001E5E63">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text16"/>
+                  <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+          <w:p w14:paraId="7C6C7810" w14:textId="77777777" w:rsidR="002E55F8" w:rsidRPr="00156FD3" w:rsidRDefault="002E55F8" w:rsidP="001E5E63">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HEREBY CERTIFY, under penalty of</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E72397" w:rsidTr="00193B9B">
+      <w:tr w:rsidR="002E55F8" w:rsidRPr="00156FD3" w14:paraId="5D3F5D4C" w14:textId="77777777" w:rsidTr="001E5E63">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+          <w:p w14:paraId="041BED58" w14:textId="77777777" w:rsidR="002E55F8" w:rsidRPr="00156FD3" w:rsidRDefault="002E55F8" w:rsidP="00AF6762">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00D62B36">
+          <w:p w14:paraId="229333D4" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRDefault="002E55F8" w:rsidP="001E5E63">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>prosecution for false written statement under § 1233 of Title 11, that I did not own, possess or control</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72397" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E72397" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">firearms </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">listed below </w:t>
+            </w:r>
+            <w:r w:rsidR="00E72397" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at the time of the Order of Protection, nor do I currently own, possess, or control </w:t>
+            </w:r>
+            <w:r w:rsidR="00120284" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the listed</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72397" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> firearms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742C2975" w14:textId="723BB72B" w:rsidR="001E5E63" w:rsidRPr="00156FD3" w:rsidRDefault="001E5E63" w:rsidP="001E5E63">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5B7B1723" w14:textId="77777777" w:rsidR="001E5E63" w:rsidRDefault="001E5E63"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2965"/>
+        <w:gridCol w:w="2929"/>
+        <w:gridCol w:w="3776"/>
+        <w:gridCol w:w="1120"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="5C3314EE" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EB06BF" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
-              <w:rPr>
-[...63 lines deleted...]
-              <w:t>access to each firearm, specifying the location of the firearm and the reason why I am unable to obtain access.</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name / Make</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6EBAEE" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Model</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C062BBB" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Serial Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C874BC" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Caliber</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="4969B4E2" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB6D6FD" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37626A4C" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5594BCE6" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="461FB4D9" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="60E9D158" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="774D29F3" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="664F4609" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3EC3BB" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E78519" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="05151B2E" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0510FED4" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="780CC708" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3C6AB4" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D64B57" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="03F536C6" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C06DA2" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="123AA2FE" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8B9428" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBFB0F9" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="0D36191D" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7142F636" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EC5CDF" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B3962C" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62951AE8" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="7E8A4C3C" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6E3769" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7250BB17" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E265C9D" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BBC53B" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="7E07CAA4" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9B97E7" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1F475E" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7101C1CE" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B74E1D0" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="2C2E79A4" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF5ECF1" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="748F9AA9" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="442D3FAD" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F0BA79" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="0DCABD09" w14:textId="77777777" w:rsidTr="002D11C6">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2965" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFD5F93" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C483975" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3776" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D11A0B" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E0D7FC" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="002D11C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00483385" w:rsidRDefault="00483385" w:rsidP="00AF6762">
+    <w:p w14:paraId="44C3BBC3" w14:textId="77777777" w:rsidR="005B4D63" w:rsidRPr="00156FD3" w:rsidRDefault="005B4D63" w:rsidP="00AF6762">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E0B05" w:rsidRPr="007611F1" w:rsidRDefault="00464B2E" w:rsidP="007611F1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="625"/>
+        <w:gridCol w:w="373"/>
+        <w:gridCol w:w="4896"/>
+        <w:gridCol w:w="4896"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E72397" w:rsidRPr="00156FD3" w14:paraId="0D523D59" w14:textId="77777777" w:rsidTr="00156FD3">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2406F59E" w14:textId="77777777" w:rsidR="00E72397" w:rsidRPr="00156FD3" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:size w:val="24"/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="373" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0976B4" w14:textId="77777777" w:rsidR="00E72397" w:rsidRPr="00156FD3" w:rsidRDefault="00E72397" w:rsidP="00156FD3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="181BBC19" w14:textId="77777777" w:rsidR="00E72397" w:rsidRPr="00156FD3" w:rsidRDefault="00E72397" w:rsidP="00156FD3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0BC35A" w14:textId="77777777" w:rsidR="00E72397" w:rsidRPr="00156FD3" w:rsidRDefault="00E72397" w:rsidP="00156FD3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HEREBY CERTIFY, under penalty of</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E72397" w:rsidRPr="00156FD3" w14:paraId="54B915D7" w14:textId="77777777" w:rsidTr="00156FD3">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2708374E" w14:textId="77777777" w:rsidR="00E72397" w:rsidRPr="00156FD3" w:rsidRDefault="00E72397" w:rsidP="00754CFA">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:right="90"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10165" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5514EA05" w14:textId="77777777" w:rsidR="00E72397" w:rsidRDefault="00E72397" w:rsidP="00156FD3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prosecution for false written statement under § 1233 of Title 11, that </w:t>
+            </w:r>
+            <w:r w:rsidR="00932DB1" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I am</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00932DB1" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>unable</w:t>
+            </w:r>
+            <w:r w:rsidR="009532A8" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to obtain access</w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the firearms listed below</w:t>
+            </w:r>
+            <w:r w:rsidR="009532A8" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00932DB1" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I have indicated on the table below that I am unable to obtain </w:t>
+            </w:r>
+            <w:r w:rsidR="009532A8" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>access to each firearm, specifying the location of the firearm and the reason why I am unable to obtain access.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="013E791E" w14:textId="77777777" w:rsidR="00F54292" w:rsidRPr="00156FD3" w:rsidRDefault="00F54292" w:rsidP="00156FD3">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
+              <w:ind w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0189984D" w14:textId="3CEEA510" w:rsidR="002E0B05" w:rsidRPr="00156FD3" w:rsidRDefault="00F54292" w:rsidP="00F54292">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="90"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00464B2E" w:rsidRPr="00156FD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">List the name / make, model, </w:t>
       </w:r>
-      <w:r w:rsidR="007611F1" w:rsidRPr="007611F1">
+      <w:r w:rsidR="007611F1" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">caliber, and serial number for each </w:t>
       </w:r>
-      <w:r w:rsidR="001532B9">
+      <w:r w:rsidR="001532B9" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>firearm, its location and the reason access cannot be obtained</w:t>
       </w:r>
-      <w:r w:rsidR="007611F1" w:rsidRPr="007611F1">
+      <w:r w:rsidR="007611F1" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="3915"/>
         <w:gridCol w:w="1120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007611F1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="484AE31D" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00E3379A" w:rsidRDefault="007611F1" w:rsidP="00E3379A">
+          <w:p w14:paraId="16A47D3E" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="007611F1" w:rsidP="00E3379A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name / Make</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00E3379A" w:rsidRDefault="007611F1" w:rsidP="00E3379A">
+          <w:p w14:paraId="3F658100" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="007611F1" w:rsidP="00E3379A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00E3379A" w:rsidRDefault="00E3379A" w:rsidP="00E3379A">
+          <w:p w14:paraId="3412BB4C" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00E3379A" w:rsidP="00E3379A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Serial Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00E3379A" w:rsidRDefault="00E3379A" w:rsidP="00E3379A">
+          <w:p w14:paraId="4DA8301F" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00E3379A" w:rsidP="00E3379A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Caliber</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007611F1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="1E5B00F0" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRDefault="00166726" w:rsidP="00E3379A">
+          <w:p w14:paraId="7BF79ECE" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00166726" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1.  </w:t>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00A25573">
+          <w:p w14:paraId="65944BC8" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00A25573">
+          <w:p w14:paraId="052C16BF" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00A25573">
+          <w:p w14:paraId="07713DC2" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001532B9" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="001532B9" w:rsidRPr="00156FD3" w14:paraId="3BB39436" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001532B9" w:rsidRDefault="001532B9" w:rsidP="00A25573">
+          <w:p w14:paraId="243FB947" w14:textId="77777777" w:rsidR="001532B9" w:rsidRPr="00156FD3" w:rsidRDefault="001532B9" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Location:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001532B9" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="001532B9" w:rsidRPr="00156FD3" w14:paraId="6DFF7875" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001532B9" w:rsidRDefault="001532B9" w:rsidP="00A25573">
+          <w:p w14:paraId="7349B707" w14:textId="77777777" w:rsidR="001532B9" w:rsidRPr="00156FD3" w:rsidRDefault="001532B9" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason no Access</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007611F1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="6428053F" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRDefault="00902333" w:rsidP="00166726">
+          <w:p w14:paraId="7CBD1683" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00902333" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2.  </w:t>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00166726">
+          <w:p w14:paraId="7D15A316" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00166726">
+          <w:p w14:paraId="421E7ACD" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00166726">
+          <w:p w14:paraId="2659F566" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00166726" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00166726" w:rsidRPr="00156FD3" w14:paraId="2E349F65" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00166726" w:rsidRPr="00166726" w:rsidRDefault="00166726" w:rsidP="00A25573">
+          <w:p w14:paraId="6E5E2EC1" w14:textId="77777777" w:rsidR="00166726" w:rsidRPr="00156FD3" w:rsidRDefault="00166726" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00166726" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00166726" w:rsidRPr="00156FD3" w14:paraId="5BB2A9BC" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00166726" w:rsidRPr="00166726" w:rsidRDefault="00166726" w:rsidP="00A25573">
+          <w:p w14:paraId="33D3B424" w14:textId="77777777" w:rsidR="00166726" w:rsidRPr="00156FD3" w:rsidRDefault="00166726" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007611F1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="1475250D" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00E3379A">
+          <w:p w14:paraId="70267746" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00861FE1">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="0EBA9A70" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="27C384A5" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="12C46C23" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="46F087AF" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="6D1B2F3F" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="4790F88E" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="149231E6" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007611F1" w:rsidTr="009532A8">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="2CF348C2" w14:textId="77777777" w:rsidTr="009532A8">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00E3379A">
+          <w:p w14:paraId="1F9C3BAD" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00861FE1">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="47AA1864" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="6376852D" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="54DFE8D0" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="009532A8">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="4ECCB886" w14:textId="77777777" w:rsidTr="009532A8">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00A25573">
+          <w:p w14:paraId="0C3B021D" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="009532A8">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="2486C7E9" w14:textId="77777777" w:rsidTr="009532A8">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00A25573">
+          <w:p w14:paraId="1ECFCA0B" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007611F1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="007611F1" w:rsidRPr="00156FD3" w14:paraId="3751C27F" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="61B00D29" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00861FE1">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E3379A" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3379A" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="39F5BDBA" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="237C6EA0" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007611F1" w:rsidRPr="00902333" w:rsidRDefault="00A25573" w:rsidP="00861FE1">
+          <w:p w14:paraId="77ACB2BC" w14:textId="77777777" w:rsidR="007611F1" w:rsidRPr="00156FD3" w:rsidRDefault="00A25573" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="3542C5F6" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="569F40B3" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="36820691" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861FE1" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00861FE1" w:rsidRPr="00156FD3" w14:paraId="75FDC17B" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861FE1" w:rsidRPr="00902333" w:rsidRDefault="00861FE1" w:rsidP="00861FE1">
+          <w:p w14:paraId="5DB14DAD" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidTr="00D62B36">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="3BDA912E" w14:textId="77777777" w:rsidTr="00D62B36">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="22F49182" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D62B36">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="1B7EEB97" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="6F20BEA5" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="563EA206" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidTr="00D62B36">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="72B82DC5" w14:textId="77777777" w:rsidTr="00D62B36">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="4B0052C0" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="66735CB3" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidTr="00861FE1">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="651B60BF" w14:textId="77777777" w:rsidTr="00861FE1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="00861FE1">
+          <w:p w14:paraId="1EC0CA3E" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E0B05" w:rsidRDefault="002E0B05" w:rsidP="00E3379A">
+    <w:p w14:paraId="665B7060" w14:textId="77777777" w:rsidR="002E0B05" w:rsidRDefault="002E0B05" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00636653" w:rsidRDefault="00636653" w:rsidP="00E3379A">
+    <w:p w14:paraId="0759E42F" w14:textId="77777777" w:rsidR="00A078BD" w:rsidRPr="00156FD3" w:rsidRDefault="00A078BD" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B4D63" w:rsidRDefault="005B4D63" w:rsidP="00E3379A">
+    <w:p w14:paraId="71961863" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="3915"/>
         <w:gridCol w:w="1120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00E3379A" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="5DFF5913" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00E3379A" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="26327225" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name / Make</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00E3379A" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="7851C9BC" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00E3379A" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="74B51865" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Serial Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00E3379A" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="6275D87F" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3379A">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Caliber</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="25F6C20A" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="28091F0C" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6">
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="00F8CD7B" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="63EF8B0C" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="77B6415F" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="4702C2FA" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="067EBC19" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Location:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="7F9725B2" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="4FFEDDFD" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason no Access</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="04611ACE" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="648E285B" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6">
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="3CAF0D4A" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="229DAEBF" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="16458738" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00166726" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="7A0DAB74" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00166726" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="1C4E11CD" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00166726" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="76AA35BC" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00166726" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="79777401" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="207D4296" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="7ADC525F" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00861FE1">
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="002D11C6" w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D11C6" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="7151080F" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="4CAF29E6" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="76E73F88" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="6ECD6C4F" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="007049D7" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="002D11C6" w:rsidRPr="00156FD3" w14:paraId="5BBD6AB5" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D11C6" w:rsidRPr="00902333" w:rsidRDefault="002D11C6" w:rsidP="002E7790">
+          <w:p w14:paraId="59C0FD2C" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidRPr="00902333" w:rsidTr="00D62B36">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="1D756683" w14:textId="77777777" w:rsidTr="00D62B36">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00D62B36" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="0CB386E9" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D62B36">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="5E4B545C" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3915" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="0AF044B6" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="3E88B430" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00902333">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidRPr="00902333" w:rsidTr="00D62B36">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="320C3844" w14:textId="77777777" w:rsidTr="00D62B36">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="3BEA7799" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Location: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="2CFAF16A" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D62B36" w:rsidRPr="00902333" w:rsidTr="002E7790">
+      <w:tr w:rsidR="00D62B36" w:rsidRPr="00156FD3" w14:paraId="735189AE" w14:textId="77777777" w:rsidTr="002E7790">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D62B36" w:rsidRPr="00166726" w:rsidRDefault="00D62B36" w:rsidP="002E7790">
+          <w:p w14:paraId="19D74A7E" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:right="90"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason no Access: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00166726">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00861FE1" w:rsidRDefault="00861FE1">
+    <w:p w14:paraId="1A1BC41C" w14:textId="77777777" w:rsidR="00861FE1" w:rsidRPr="00156FD3" w:rsidRDefault="00861FE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62B36" w:rsidRDefault="00D62B36" w:rsidP="00D62B36">
+    <w:p w14:paraId="363F2F3A" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62B36" w:rsidRPr="005B4D63" w:rsidRDefault="00D62B36" w:rsidP="005B4D63">
+    <w:p w14:paraId="3103A1BB" w14:textId="77777777" w:rsidR="00D62B36" w:rsidRPr="00156FD3" w:rsidRDefault="00D62B36" w:rsidP="00156FD3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This completed certification must be filed with </w:t>
       </w:r>
-      <w:r w:rsidR="008F2201">
+      <w:r w:rsidR="008F2201" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Family Court </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>within 48 hours of</w:t>
       </w:r>
-      <w:r w:rsidR="0088093F">
+      <w:r w:rsidR="0088093F" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> being served the Order of Protection</w:t>
       </w:r>
-      <w:r w:rsidR="005B4D63" w:rsidRPr="005B4D63">
+      <w:r w:rsidR="005B4D63" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Failure to comply </w:t>
       </w:r>
-      <w:r w:rsidR="008F2201">
+      <w:r w:rsidR="008F2201" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> result in </w:t>
       </w:r>
-      <w:r w:rsidR="008F2201">
+      <w:r w:rsidR="008F2201" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a finding of contempt</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="0088093F">
+      <w:r w:rsidR="0088093F" w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Order of P</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B4D63">
+      <w:r w:rsidRPr="00156FD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rotection.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D11C6" w:rsidRDefault="002D11C6">
+    <w:p w14:paraId="73605EB8" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D11C6" w:rsidRDefault="002D11C6">
+    <w:p w14:paraId="531EA63D" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D11C6" w:rsidRDefault="002D11C6">
+    <w:p w14:paraId="59DC537E" w14:textId="77777777" w:rsidR="002D11C6" w:rsidRPr="00156FD3" w:rsidRDefault="002D11C6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="742"/>
         <w:gridCol w:w="3398"/>
         <w:gridCol w:w="1714"/>
         <w:gridCol w:w="864"/>
         <w:gridCol w:w="4162"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00426CCD">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="36995B78" w14:textId="77777777" w:rsidTr="00426CCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:id="11" w:name="Text6"/>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB">
+          <w:bookmarkStart w:id="9" w:name="Text6"/>
+          <w:p w14:paraId="747BE0BD" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00321CFB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="4F6995F1" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-            </w:pPr>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="12" w:name="Text7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="10" w:name="Text7"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5026" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="00321CFB">
+          <w:p w14:paraId="20AA0BF4" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00321CFB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="003C0F61">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C0F61" w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00426CCD">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="0A66971E" w14:textId="77777777" w:rsidTr="00426CCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRPr="00636653" w:rsidRDefault="00426CCD" w:rsidP="00426CCD">
+          <w:p w14:paraId="3456DD8A" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00426CCD" w:rsidP="00426CCD">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00636653">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="037DD3E6" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5026" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRPr="00636653" w:rsidRDefault="00426CCD" w:rsidP="00426CCD">
+          <w:p w14:paraId="0D36CD17" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="00426CCD" w:rsidP="00426CCD">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00636653">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156FD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F2E25" w:rsidTr="00426CCD">
+      <w:tr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w14:paraId="4C354B36" w14:textId="77777777" w:rsidTr="00426CCD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="90"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="1CC01060" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3398" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="0F40E861" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="22"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1714" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="481F78E0" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="7A6D0695" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+          <w:p w14:paraId="43A280D5" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25" w:rsidP="00636653">
+    <w:p w14:paraId="33933CAC" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25" w:rsidP="00636653">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003F2E25" w:rsidSect="00E64ED5">
+    <w:sectPr w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidSect="00E64ED5">
       <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="1008" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
+    <w:p w14:paraId="039B90D1" w14:textId="77777777" w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
+    <w:p w14:paraId="23180D66" w14:textId="77777777" w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="849916908"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="675180C5" w14:textId="1B74CB30" w:rsidR="00162F9C" w:rsidRDefault="00162F9C">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="18DB4A83" w14:textId="77777777" w:rsidR="00162F9C" w:rsidRDefault="00162F9C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
+    <w:p w14:paraId="6D87125C" w14:textId="77777777" w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
+    <w:p w14:paraId="13912CED" w14:textId="77777777" w:rsidR="004D31CF" w:rsidRDefault="004D31CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="22C9960F" w14:textId="77777777" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-900"/>
       </w:tabs>
       <w:ind w:hanging="900"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00156FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
-    <w:r w:rsidR="00E72397">
+    <w:r w:rsidR="00E72397" w:rsidRPr="00156FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Form 435</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003F2E25" w:rsidRDefault="003F2E25">
+  <w:p w14:paraId="2A8E8C33" w14:textId="779332B6" w:rsidR="003F2E25" w:rsidRPr="00156FD3" w:rsidRDefault="003F2E25">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-900"/>
       </w:tabs>
       <w:ind w:hanging="900"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00156FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
-    <w:r w:rsidR="004B7CB6">
+    <w:r w:rsidR="00156FD3" w:rsidRPr="00156FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AF2A4B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">ev. </w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="0078616B">
+    <w:r w:rsidR="00156FD3" w:rsidRPr="00156FD3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>12</w:t>
-[...13 lines deleted...]
-      <w:t>6</w:t>
+      <w:t>/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jPryTofvg/O4LIMJB8MRlAh1tTZPVKeI93kXAevJKr9ptvW1WurA6Ekzn/OP3RTDErUlcQiZvjIRdvtBtBU1mg==" w:salt="tBprb6t2/KYiG4tpi52gvw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Z71QDngWQnMkrDiplL1t7x6yFTySCJtUFn9+qrHfgkurdGWHGYN4BAVVo75RPMi1b9esh8WALcX7VccjNKAOfw==" w:salt="hvsgw36ewXGB5jHy/aN84A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A54569"/>
     <w:rsid w:val="000349C0"/>
+    <w:rsid w:val="0011350F"/>
     <w:rsid w:val="00120284"/>
     <w:rsid w:val="00123B53"/>
     <w:rsid w:val="001532B9"/>
+    <w:rsid w:val="00156FD3"/>
+    <w:rsid w:val="00162F9C"/>
     <w:rsid w:val="00166726"/>
+    <w:rsid w:val="00190274"/>
     <w:rsid w:val="00193B9B"/>
     <w:rsid w:val="001A0225"/>
+    <w:rsid w:val="001E5E63"/>
     <w:rsid w:val="00201105"/>
     <w:rsid w:val="0020260E"/>
     <w:rsid w:val="00237FD9"/>
     <w:rsid w:val="002D11C6"/>
     <w:rsid w:val="002E0B05"/>
     <w:rsid w:val="002E55F8"/>
     <w:rsid w:val="00321CFB"/>
+    <w:rsid w:val="00366F55"/>
+    <w:rsid w:val="00387D6B"/>
     <w:rsid w:val="003C0F61"/>
     <w:rsid w:val="003C3517"/>
     <w:rsid w:val="003C70D3"/>
     <w:rsid w:val="003F2E25"/>
     <w:rsid w:val="00426CCD"/>
     <w:rsid w:val="00464B2E"/>
     <w:rsid w:val="00483385"/>
     <w:rsid w:val="004A465B"/>
     <w:rsid w:val="004B7CB6"/>
     <w:rsid w:val="004D31CF"/>
+    <w:rsid w:val="00522CEB"/>
     <w:rsid w:val="00524321"/>
     <w:rsid w:val="00554AD6"/>
     <w:rsid w:val="005B4D63"/>
     <w:rsid w:val="005E028D"/>
     <w:rsid w:val="00605315"/>
     <w:rsid w:val="00636653"/>
     <w:rsid w:val="00675B74"/>
     <w:rsid w:val="006977F6"/>
+    <w:rsid w:val="006A334C"/>
     <w:rsid w:val="007611F1"/>
     <w:rsid w:val="0078616B"/>
     <w:rsid w:val="00790796"/>
     <w:rsid w:val="007D1BEB"/>
     <w:rsid w:val="00861FE1"/>
     <w:rsid w:val="0088093F"/>
     <w:rsid w:val="008C069B"/>
     <w:rsid w:val="008F2201"/>
     <w:rsid w:val="00902333"/>
     <w:rsid w:val="00932DB1"/>
     <w:rsid w:val="009532A8"/>
+    <w:rsid w:val="009A7B80"/>
+    <w:rsid w:val="009B1846"/>
+    <w:rsid w:val="009E6C9F"/>
+    <w:rsid w:val="00A078BD"/>
     <w:rsid w:val="00A25573"/>
     <w:rsid w:val="00A54569"/>
     <w:rsid w:val="00A64E25"/>
     <w:rsid w:val="00A77AE5"/>
+    <w:rsid w:val="00A926D0"/>
     <w:rsid w:val="00AD38D0"/>
     <w:rsid w:val="00AE0742"/>
+    <w:rsid w:val="00AF2A4B"/>
     <w:rsid w:val="00AF6762"/>
+    <w:rsid w:val="00BA7C2A"/>
+    <w:rsid w:val="00C51BBE"/>
+    <w:rsid w:val="00CC171A"/>
     <w:rsid w:val="00CC3A8C"/>
+    <w:rsid w:val="00CE5CCA"/>
     <w:rsid w:val="00CF70BA"/>
     <w:rsid w:val="00D33406"/>
     <w:rsid w:val="00D62B36"/>
     <w:rsid w:val="00E01D47"/>
     <w:rsid w:val="00E3379A"/>
     <w:rsid w:val="00E64ED5"/>
     <w:rsid w:val="00E72397"/>
     <w:rsid w:val="00EA72C0"/>
+    <w:rsid w:val="00F54292"/>
+    <w:rsid w:val="00F62623"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="66E01580"/>
   <w15:docId w15:val="{CB06885E-F8F3-42E1-AAEA-9DB083D40AC0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13331,50 +14438,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00123B53"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00123B53"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
@@ -13433,51 +14545,52 @@
     <w:rsid w:val="00123B53"/>
     <w:pPr>
       <w:ind w:left="90"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00123B53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00123B53"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00123B53"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
@@ -13498,61 +14611,68 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007D1BEB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00AF6762"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00162F9C"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13777,69 +14897,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>639</Words>
-  <Characters>3646</Characters>
+  <Words>626</Words>
+  <Characters>3573</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IN THE FAMILY COURT OF THE STATE OF DELAWARE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4277</CharactersWithSpaces>
+  <CharactersWithSpaces>4191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IN THE FAMILY COURT OF THE STATE OF DELAWARE</dc:title>
   <dc:subject/>
   <dc:creator>Tangredi, Robert N (Courts)</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>