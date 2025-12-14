--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -2,57 +2,57 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\SHARED\Bail Bond\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Bail Bond Companies\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F0FEA8C-7B53-4D25-9812-398B1775A5DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E48B6E9-8923-4CF2-B066-7BA9C1E7035A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="TwhRf5DjRvqzynIuQD3lc11FJRjJ3hFEShtAbHORXqnjc0n4YR/Z8KVWJrzr/0RJxs7CRBX1b5EHZMmx0KIiKQ==" workbookSaltValue="k/Z8HKB0oh0YBFtBwx3Spg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="23880" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="23880" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APPROVED BAIL COMPANIES" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'APPROVED BAIL COMPANIES'!$A$1:$K$71</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'APPROVED BAIL COMPANIES'!$10:$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="130">
   <si>
@@ -422,51 +422,51 @@
   <si>
     <t>(302) 766-2135</t>
   </si>
   <si>
     <t>Lorin Jones</t>
   </si>
   <si>
     <t>Simone Harris</t>
   </si>
   <si>
     <t>2025  State of Delaware Judicial Branch</t>
   </si>
   <si>
     <t>Raman Kumar</t>
   </si>
   <si>
     <t>thbailbondagencyllc@gmail.com</t>
   </si>
   <si>
     <t>Erica D. Tiburcio</t>
   </si>
   <si>
     <t>Bernard V. Smith</t>
   </si>
   <si>
-    <t>Authorized Bail Bond Entities as of 10/08/2025</t>
+    <t>Authorized Bail Bond Entities as of 12/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -929,51 +929,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="230">
+  <cellXfs count="222">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1053,53 +1053,50 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1128,90 +1125,75 @@
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1230,393 +1212,387 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="6" fontId="13" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...107 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFB07CE4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1899,1587 +1875,1587 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restobailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyonsbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:axebailbonds@yahoo.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oneuniquecall@yahoo.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.maloney@comcast.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DalesBailBonds@Gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harryclark@icloud.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruny@brunysbailbonds.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aebailbond.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majorbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afscorp@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thbailbondagencyllc@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BH88"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O8" sqref="O8"/>
+      <selection activeCell="N37" sqref="N37:P37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.85546875" customWidth="1"/>
     <col min="2" max="2" width="36.140625" customWidth="1"/>
-    <col min="3" max="3" width="15.140625" style="52" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" style="51" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23" customWidth="1"/>
     <col min="5" max="6" width="3.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="6.7109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="16" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10.85546875" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="24.42578125" customWidth="1"/>
     <col min="17" max="17" width="25.28515625" customWidth="1"/>
     <col min="18" max="18" width="25.5703125" customWidth="1"/>
     <col min="19" max="19" width="21.140625" customWidth="1"/>
     <col min="20" max="20" width="16.42578125" customWidth="1"/>
     <col min="21" max="21" width="17" customWidth="1"/>
     <col min="22" max="22" width="15.85546875" customWidth="1"/>
     <col min="23" max="23" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="197" t="s">
+      <c r="A1" s="181" t="s">
         <v>124</v>
       </c>
-      <c r="B1" s="197"/>
-[...8 lines deleted...]
-      <c r="K1" s="197"/>
+      <c r="B1" s="181"/>
+      <c r="C1" s="181"/>
+      <c r="D1" s="181"/>
+      <c r="E1" s="181"/>
+      <c r="F1" s="181"/>
+      <c r="G1" s="181"/>
+      <c r="H1" s="181"/>
+      <c r="I1" s="181"/>
+      <c r="J1" s="181"/>
+      <c r="K1" s="181"/>
     </row>
     <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="198" t="s">
+      <c r="A2" s="182" t="s">
         <v>129</v>
       </c>
-      <c r="B2" s="198"/>
-[...8 lines deleted...]
-      <c r="K2" s="198"/>
+      <c r="B2" s="182"/>
+      <c r="C2" s="182"/>
+      <c r="D2" s="182"/>
+      <c r="E2" s="182"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="182"/>
+      <c r="H2" s="182"/>
+      <c r="I2" s="182"/>
+      <c r="J2" s="182"/>
+      <c r="K2" s="182"/>
     </row>
     <row r="3" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="198" t="s">
+      <c r="A3" s="182" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="207"/>
-[...8 lines deleted...]
-      <c r="K3" s="207"/>
+      <c r="B3" s="192"/>
+      <c r="C3" s="192"/>
+      <c r="D3" s="192"/>
+      <c r="E3" s="192"/>
+      <c r="F3" s="192"/>
+      <c r="G3" s="192"/>
+      <c r="H3" s="192"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="192"/>
+      <c r="K3" s="192"/>
     </row>
     <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="208" t="s">
+      <c r="A4" s="193" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="207"/>
-[...8 lines deleted...]
-      <c r="K4" s="207"/>
+      <c r="B4" s="192"/>
+      <c r="C4" s="192"/>
+      <c r="D4" s="192"/>
+      <c r="E4" s="192"/>
+      <c r="F4" s="192"/>
+      <c r="G4" s="192"/>
+      <c r="H4" s="192"/>
+      <c r="I4" s="192"/>
+      <c r="J4" s="192"/>
+      <c r="K4" s="192"/>
     </row>
     <row r="5" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="209" t="s">
+      <c r="A5" s="194" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="207"/>
-[...10 lines deleted...]
-    <row r="6" spans="1:34" s="121" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="192"/>
+      <c r="C5" s="192"/>
+      <c r="D5" s="192"/>
+      <c r="E5" s="192"/>
+      <c r="F5" s="192"/>
+      <c r="G5" s="192"/>
+      <c r="H5" s="192"/>
+      <c r="I5" s="192"/>
+      <c r="J5" s="192"/>
+      <c r="K5" s="192"/>
+    </row>
+    <row r="6" spans="1:34" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
-      <c r="B6" s="120"/>
-[...10 lines deleted...]
-    <row r="7" spans="1:34" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="112"/>
+      <c r="C6" s="112"/>
+      <c r="D6" s="112"/>
+      <c r="E6" s="112"/>
+      <c r="F6" s="112"/>
+      <c r="G6" s="112"/>
+      <c r="H6" s="112"/>
+      <c r="I6" s="112"/>
+      <c r="J6" s="112"/>
+      <c r="K6" s="112"/>
+    </row>
+    <row r="7" spans="1:34" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
-      <c r="B7" s="145"/>
-[...10 lines deleted...]
-    <row r="8" spans="1:34" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="136"/>
+      <c r="C7" s="136"/>
+      <c r="D7" s="136"/>
+      <c r="E7" s="136"/>
+      <c r="F7" s="136"/>
+      <c r="G7" s="136"/>
+      <c r="H7" s="136"/>
+      <c r="I7" s="136"/>
+      <c r="J7" s="136"/>
+      <c r="K7" s="136"/>
+    </row>
+    <row r="8" spans="1:34" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
-      <c r="B8" s="145"/>
-[...8 lines deleted...]
-      <c r="K8" s="145"/>
+      <c r="B8" s="136"/>
+      <c r="C8" s="136"/>
+      <c r="D8" s="136"/>
+      <c r="E8" s="136"/>
+      <c r="F8" s="136"/>
+      <c r="G8" s="136"/>
+      <c r="H8" s="136"/>
+      <c r="I8" s="136"/>
+      <c r="J8" s="136"/>
+      <c r="K8" s="136"/>
     </row>
     <row r="9" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="10"/>
       <c r="B9" s="31"/>
-      <c r="C9" s="51"/>
+      <c r="C9" s="50"/>
       <c r="D9" s="31"/>
       <c r="E9" s="31"/>
       <c r="F9" s="31"/>
       <c r="G9" s="31"/>
       <c r="H9" s="31"/>
       <c r="I9" s="31"/>
       <c r="J9" s="31"/>
       <c r="K9" s="31"/>
     </row>
     <row r="10" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="199" t="s">
+      <c r="A10" s="183" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="199" t="s">
+      <c r="B10" s="183" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="201" t="s">
+      <c r="C10" s="185" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="199" t="s">
+      <c r="D10" s="183" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="210" t="s">
+      <c r="E10" s="195" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="210"/>
-[...4 lines deleted...]
-      <c r="K10" s="211"/>
+      <c r="F10" s="195"/>
+      <c r="G10" s="195"/>
+      <c r="H10" s="195"/>
+      <c r="I10" s="195"/>
+      <c r="J10" s="195"/>
+      <c r="K10" s="196"/>
       <c r="O10" s="12"/>
     </row>
     <row r="11" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="200"/>
-[...9 lines deleted...]
-      <c r="K11" s="213"/>
+      <c r="A11" s="184"/>
+      <c r="B11" s="184"/>
+      <c r="C11" s="186"/>
+      <c r="D11" s="184"/>
+      <c r="E11" s="197"/>
+      <c r="F11" s="197"/>
+      <c r="G11" s="197"/>
+      <c r="H11" s="197"/>
+      <c r="I11" s="197"/>
+      <c r="J11" s="197"/>
+      <c r="K11" s="198"/>
       <c r="L11" t="s">
         <v>15</v>
       </c>
       <c r="M11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="200"/>
-[...3 lines deleted...]
-      <c r="E12" s="203" t="s">
+      <c r="A12" s="184"/>
+      <c r="B12" s="184"/>
+      <c r="C12" s="186"/>
+      <c r="D12" s="184"/>
+      <c r="E12" s="187" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="205" t="s">
+      <c r="F12" s="189" t="s">
         <v>2</v>
       </c>
-      <c r="G12" s="206" t="s">
+      <c r="G12" s="191" t="s">
         <v>1</v>
       </c>
-      <c r="H12" s="174" t="s">
+      <c r="H12" s="209" t="s">
         <v>9</v>
       </c>
-      <c r="I12" s="216" t="s">
+      <c r="I12" s="201" t="s">
         <v>10</v>
       </c>
-      <c r="J12" s="217" t="s">
+      <c r="J12" s="202" t="s">
         <v>11</v>
       </c>
-      <c r="K12" s="214" t="s">
+      <c r="K12" s="199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="200"/>
-[...9 lines deleted...]
-      <c r="K13" s="215"/>
+      <c r="A13" s="184"/>
+      <c r="B13" s="184"/>
+      <c r="C13" s="186"/>
+      <c r="D13" s="184"/>
+      <c r="E13" s="188"/>
+      <c r="F13" s="190"/>
+      <c r="G13" s="190"/>
+      <c r="H13" s="190"/>
+      <c r="I13" s="190"/>
+      <c r="J13" s="203"/>
+      <c r="K13" s="200"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
     </row>
     <row r="14" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="200"/>
-[...9 lines deleted...]
-      <c r="K14" s="215"/>
+      <c r="A14" s="184"/>
+      <c r="B14" s="184"/>
+      <c r="C14" s="186"/>
+      <c r="D14" s="184"/>
+      <c r="E14" s="188"/>
+      <c r="F14" s="190"/>
+      <c r="G14" s="190"/>
+      <c r="H14" s="190"/>
+      <c r="I14" s="190"/>
+      <c r="J14" s="204"/>
+      <c r="K14" s="200"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8"/>
       <c r="P14" s="39"/>
-      <c r="Q14" s="193"/>
-[...5 lines deleted...]
-      <c r="W14" s="193"/>
+      <c r="Q14" s="205"/>
+      <c r="R14" s="205"/>
+      <c r="S14" s="207"/>
+      <c r="T14" s="207"/>
+      <c r="U14" s="207"/>
+      <c r="V14" s="208"/>
+      <c r="W14" s="205"/>
       <c r="X14" s="8"/>
       <c r="Y14" s="8"/>
       <c r="Z14" s="8"/>
       <c r="AA14" s="8"/>
       <c r="AB14" s="6"/>
       <c r="AC14" s="6"/>
       <c r="AD14" s="6"/>
       <c r="AE14" s="6"/>
       <c r="AF14" s="6"/>
       <c r="AG14" s="6"/>
       <c r="AH14" s="6"/>
     </row>
     <row r="15" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="182" t="s">
+      <c r="A15" s="214" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="55" t="s">
+      <c r="B15" s="54" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="185" t="s">
+      <c r="C15" s="215" t="s">
         <v>14</v>
       </c>
-      <c r="D15" s="56" t="s">
+      <c r="D15" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="57" t="s">
+      <c r="E15" s="56" t="s">
         <v>12</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="J15" s="58" t="s">
+      <c r="J15" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="K15" s="59" t="s">
+      <c r="K15" s="58" t="s">
         <v>4</v>
       </c>
       <c r="L15" s="5">
         <v>42732</v>
       </c>
       <c r="M15" s="3">
         <v>42744</v>
       </c>
       <c r="P15" s="39"/>
-      <c r="Q15" s="194"/>
-[...5 lines deleted...]
-      <c r="W15" s="194"/>
+      <c r="Q15" s="206"/>
+      <c r="R15" s="206"/>
+      <c r="S15" s="206"/>
+      <c r="T15" s="206"/>
+      <c r="U15" s="206"/>
+      <c r="V15" s="206"/>
+      <c r="W15" s="206"/>
     </row>
     <row r="16" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="182"/>
-      <c r="B16" s="55" t="s">
+      <c r="A16" s="214"/>
+      <c r="B16" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="186"/>
-      <c r="D16" s="123" t="s">
+      <c r="C16" s="180"/>
+      <c r="D16" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="E16" s="60" t="s">
+      <c r="E16" s="59" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="G16" s="61" t="s">
+      <c r="G16" s="60" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="J16" s="58" t="s">
+      <c r="J16" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="K16" s="59" t="s">
+      <c r="K16" s="58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:16" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="182"/>
-      <c r="B17" s="62" t="s">
+      <c r="A17" s="214"/>
+      <c r="B17" s="61" t="s">
         <v>96</v>
       </c>
-      <c r="C17" s="186"/>
-      <c r="D17" s="63" t="s">
+      <c r="C17" s="180"/>
+      <c r="D17" s="62" t="s">
         <v>80</v>
       </c>
-      <c r="E17" s="64"/>
-[...12 lines deleted...]
-      <c r="J17" s="66" t="s">
+      <c r="E17" s="63"/>
+      <c r="F17" s="60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17" s="60" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="64" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="K17" s="67" t="s">
+      <c r="K17" s="66" t="s">
         <v>17</v>
       </c>
       <c r="N17" s="7"/>
     </row>
     <row r="18" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="182"/>
-[...2 lines deleted...]
-      <c r="D18" s="63" t="s">
+      <c r="A18" s="214"/>
+      <c r="B18" s="61"/>
+      <c r="C18" s="180"/>
+      <c r="D18" s="62" t="s">
         <v>41</v>
       </c>
-      <c r="E18" s="60" t="s">
+      <c r="E18" s="59" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="22" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="J18" s="58" t="s">
+      <c r="J18" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="K18" s="59" t="s">
+      <c r="K18" s="58" t="s">
         <v>4</v>
       </c>
       <c r="N18" s="7"/>
     </row>
     <row r="19" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="182"/>
-[...2 lines deleted...]
-      <c r="D19" s="63" t="s">
+      <c r="A19" s="214"/>
+      <c r="B19" s="61"/>
+      <c r="C19" s="180"/>
+      <c r="D19" s="62" t="s">
         <v>87</v>
       </c>
-      <c r="E19" s="60" t="s">
+      <c r="E19" s="59" t="s">
         <v>12</v>
       </c>
       <c r="F19" s="22" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="J19" s="58" t="s">
+      <c r="J19" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="K19" s="59" t="s">
+      <c r="K19" s="58" t="s">
         <v>4</v>
       </c>
       <c r="N19" s="7"/>
     </row>
     <row r="20" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="176" t="s">
+      <c r="A20" s="168" t="s">
         <v>65</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>66</v>
       </c>
-      <c r="C20" s="178" t="s">
+      <c r="C20" s="171" t="s">
         <v>68</v>
       </c>
-      <c r="D20" s="116" t="s">
+      <c r="D20" s="108" t="s">
         <v>69</v>
       </c>
-      <c r="E20" s="68" t="s">
+      <c r="E20" s="67" t="s">
         <v>12</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="J20" s="68" t="s">
+      <c r="J20" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="K20" s="117" t="s">
+      <c r="K20" s="109" t="s">
         <v>4</v>
       </c>
       <c r="N20" s="7"/>
     </row>
     <row r="21" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="177"/>
+      <c r="A21" s="169"/>
       <c r="B21" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="C21" s="179"/>
-      <c r="D21" s="69" t="s">
+      <c r="C21" s="165"/>
+      <c r="D21" s="68" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F21" s="19"/>
       <c r="G21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K21" s="70" t="s">
+      <c r="K21" s="69" t="s">
         <v>4</v>
       </c>
       <c r="N21" s="7"/>
     </row>
     <row r="22" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="177"/>
-      <c r="B22" s="62" t="s">
+      <c r="A22" s="169"/>
+      <c r="B22" s="61" t="s">
         <v>94</v>
       </c>
-      <c r="C22" s="179"/>
-      <c r="D22" s="69" t="s">
+      <c r="C22" s="165"/>
+      <c r="D22" s="68" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F22" s="19"/>
       <c r="G22" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K22" s="70" t="s">
+      <c r="K22" s="69" t="s">
         <v>4</v>
       </c>
       <c r="N22" s="7"/>
     </row>
     <row r="23" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="183"/>
-[...1 lines deleted...]
-      <c r="C23" s="179"/>
+      <c r="A23" s="178"/>
+      <c r="B23" s="61"/>
+      <c r="C23" s="165"/>
       <c r="D23" s="23" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F23" s="19"/>
       <c r="G23" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K23" s="70" t="s">
+      <c r="K23" s="69" t="s">
         <v>4</v>
       </c>
       <c r="N23" s="7"/>
     </row>
     <row r="24" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="183"/>
-[...1 lines deleted...]
-      <c r="C24" s="179"/>
+      <c r="A24" s="178"/>
+      <c r="B24" s="61"/>
+      <c r="C24" s="165"/>
       <c r="D24" s="23" t="s">
         <v>82</v>
       </c>
       <c r="E24" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F24" s="19"/>
       <c r="G24" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K24" s="70" t="s">
+      <c r="K24" s="69" t="s">
         <v>17</v>
       </c>
       <c r="N24" s="7"/>
     </row>
     <row r="25" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="183"/>
-[...1 lines deleted...]
-      <c r="C25" s="179"/>
+      <c r="A25" s="178"/>
+      <c r="B25" s="61"/>
+      <c r="C25" s="165"/>
       <c r="D25" s="23" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F25" s="19"/>
       <c r="G25" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K25" s="70" t="s">
+      <c r="K25" s="69" t="s">
         <v>4</v>
       </c>
-      <c r="N25" s="119"/>
+      <c r="N25" s="111"/>
     </row>
     <row r="26" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="183"/>
-[...1 lines deleted...]
-      <c r="C26" s="179"/>
+      <c r="A26" s="178"/>
+      <c r="B26" s="61"/>
+      <c r="C26" s="165"/>
       <c r="D26" s="23" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="13" t="s">
         <v>12</v>
       </c>
       <c r="F26" s="19"/>
       <c r="G26" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K26" s="70" t="s">
+      <c r="K26" s="69" t="s">
         <v>4</v>
       </c>
       <c r="N26" s="7"/>
     </row>
     <row r="27" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="184"/>
-[...2 lines deleted...]
-      <c r="D27" s="53" t="s">
+      <c r="A27" s="179"/>
+      <c r="B27" s="61"/>
+      <c r="C27" s="166"/>
+      <c r="D27" s="52" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="20"/>
       <c r="G27" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="28" t="s">
         <v>22</v>
       </c>
       <c r="J27" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="K27" s="71" t="s">
+      <c r="K27" s="70" t="s">
         <v>4</v>
       </c>
       <c r="N27" s="7"/>
     </row>
     <row r="28" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="187" t="s">
+      <c r="A28" s="216" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C28" s="190" t="s">
+      <c r="C28" s="219" t="s">
         <v>29</v>
       </c>
       <c r="D28" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="E28" s="122" t="s">
+      <c r="E28" s="114" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J28" s="29" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="N28" s="220"/>
-[...1 lines deleted...]
-      <c r="P28" s="220"/>
+      <c r="N28" s="167"/>
+      <c r="O28" s="167"/>
+      <c r="P28" s="167"/>
     </row>
     <row r="29" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="188"/>
+      <c r="A29" s="217"/>
       <c r="B29" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="C29" s="191"/>
-      <c r="D29" s="110" t="s">
+      <c r="C29" s="220"/>
+      <c r="D29" s="162" t="s">
         <v>75</v>
       </c>
-      <c r="E29" s="109"/>
+      <c r="E29" s="102"/>
       <c r="F29" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J29" s="30" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="N29" s="115"/>
-[...1 lines deleted...]
-      <c r="P29" s="115"/>
+      <c r="N29" s="107"/>
+      <c r="O29" s="107"/>
+      <c r="P29" s="107"/>
     </row>
     <row r="30" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="188"/>
-      <c r="B30" s="62" t="s">
+      <c r="A30" s="217"/>
+      <c r="B30" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="191"/>
-      <c r="D30" s="110" t="s">
+      <c r="C30" s="220"/>
+      <c r="D30" s="162" t="s">
         <v>63</v>
       </c>
-      <c r="E30" s="109"/>
+      <c r="E30" s="102"/>
       <c r="F30" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J30" s="30" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="N30" s="115"/>
-[...1 lines deleted...]
-      <c r="P30" s="115"/>
+      <c r="N30" s="107"/>
+      <c r="O30" s="107"/>
+      <c r="P30" s="107"/>
     </row>
     <row r="31" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="188"/>
-[...2 lines deleted...]
-      <c r="D31" s="110" t="s">
+      <c r="A31" s="217"/>
+      <c r="B31" s="61"/>
+      <c r="C31" s="220"/>
+      <c r="D31" s="162" t="s">
         <v>31</v>
       </c>
-      <c r="E31" s="109"/>
+      <c r="E31" s="102"/>
       <c r="F31" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J31" s="30" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="N31" s="143"/>
-[...1 lines deleted...]
-      <c r="P31" s="143"/>
+      <c r="N31" s="134"/>
+      <c r="O31" s="134"/>
+      <c r="P31" s="134"/>
     </row>
     <row r="32" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="188"/>
-[...2 lines deleted...]
-      <c r="D32" s="110" t="s">
+      <c r="A32" s="217"/>
+      <c r="B32" s="61"/>
+      <c r="C32" s="220"/>
+      <c r="D32" s="103" t="s">
         <v>128</v>
       </c>
-      <c r="E32" s="109"/>
+      <c r="E32" s="102"/>
       <c r="F32" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J32" s="30" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="N32" s="144"/>
-[...1 lines deleted...]
-      <c r="P32" s="144"/>
+      <c r="N32" s="135"/>
+      <c r="O32" s="135"/>
+      <c r="P32" s="135"/>
     </row>
     <row r="33" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="189"/>
-[...2 lines deleted...]
-      <c r="D33" s="53" t="s">
+      <c r="A33" s="218"/>
+      <c r="B33" s="110"/>
+      <c r="C33" s="221"/>
+      <c r="D33" s="52" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="15"/>
       <c r="F33" s="20" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="28" t="s">
         <v>22</v>
       </c>
       <c r="J33" s="32" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="N33" s="115"/>
+      <c r="N33" s="107"/>
     </row>
     <row r="34" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="177" t="s">
+      <c r="A34" s="169" t="s">
         <v>50</v>
       </c>
-      <c r="B34" s="72" t="s">
+      <c r="B34" s="71" t="s">
         <v>45</v>
       </c>
-      <c r="C34" s="186" t="s">
+      <c r="C34" s="180" t="s">
         <v>48</v>
       </c>
-      <c r="D34" s="76"/>
-[...1 lines deleted...]
-      <c r="F34" s="77"/>
+      <c r="D34" s="74"/>
+      <c r="E34" s="101"/>
+      <c r="F34" s="75"/>
       <c r="G34" s="22"/>
       <c r="H34" s="22"/>
       <c r="I34" s="27"/>
       <c r="J34" s="30"/>
       <c r="K34" s="26"/>
       <c r="N34" s="7"/>
     </row>
     <row r="35" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="183"/>
-      <c r="B35" s="72" t="s">
+      <c r="A35" s="178"/>
+      <c r="B35" s="71" t="s">
         <v>46</v>
       </c>
-      <c r="C35" s="186"/>
-      <c r="D35" s="76" t="s">
+      <c r="C35" s="180"/>
+      <c r="D35" s="163" t="s">
         <v>49</v>
       </c>
       <c r="E35" s="13"/>
-      <c r="F35" s="77" t="s">
-[...2 lines deleted...]
-      <c r="G35" s="78"/>
+      <c r="F35" s="75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="76"/>
       <c r="H35" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J35" s="30" t="s">
         <v>103</v>
       </c>
       <c r="K35" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="N35" s="220"/>
-[...1 lines deleted...]
-      <c r="P35" s="220"/>
+      <c r="N35" s="167"/>
+      <c r="O35" s="167"/>
+      <c r="P35" s="167"/>
     </row>
     <row r="36" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="183"/>
-      <c r="B36" s="62" t="s">
+      <c r="A36" s="178"/>
+      <c r="B36" s="61" t="s">
         <v>47</v>
       </c>
-      <c r="C36" s="186"/>
-      <c r="D36" s="79"/>
+      <c r="C36" s="180"/>
+      <c r="D36" s="77"/>
       <c r="E36" s="38"/>
       <c r="F36" s="46"/>
       <c r="G36" s="9"/>
       <c r="H36" s="46"/>
-      <c r="I36" s="48"/>
+      <c r="I36" s="47"/>
       <c r="J36" s="15"/>
-      <c r="K36" s="48"/>
+      <c r="K36" s="47"/>
       <c r="N36" s="7"/>
     </row>
     <row r="37" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="176" t="s">
+      <c r="A37" s="210" t="s">
         <v>57</v>
       </c>
-      <c r="B37" s="17" t="s">
+      <c r="B37" s="141" t="s">
         <v>58</v>
       </c>
-      <c r="C37" s="178" t="s">
+      <c r="C37" s="212" t="s">
         <v>99</v>
       </c>
-      <c r="D37" s="80" t="s">
+      <c r="D37" s="154" t="s">
         <v>61</v>
       </c>
-      <c r="E37" s="68" t="s">
-[...12 lines deleted...]
-      <c r="J37" s="68" t="s">
+      <c r="E37" s="155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="156"/>
+      <c r="G37" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I37" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J37" s="155" t="s">
         <v>37</v>
       </c>
-      <c r="K37" s="25" t="s">
+      <c r="K37" s="157" t="s">
         <v>4</v>
       </c>
-      <c r="N37" s="220"/>
-[...1 lines deleted...]
-      <c r="P37" s="220"/>
+      <c r="N37" s="167"/>
+      <c r="O37" s="167"/>
+      <c r="P37" s="167"/>
     </row>
     <row r="38" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="177"/>
-      <c r="B38" s="14" t="s">
+      <c r="A38" s="211"/>
+      <c r="B38" s="142" t="s">
         <v>59</v>
       </c>
-      <c r="C38" s="179"/>
-      <c r="D38" s="81" t="s">
+      <c r="C38" s="213"/>
+      <c r="D38" s="158" t="s">
         <v>62</v>
       </c>
-      <c r="E38" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J38" s="13" t="s">
+      <c r="E38" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="160"/>
+      <c r="G38" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I38" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J38" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K38" s="26" t="s">
+      <c r="K38" s="161" t="s">
         <v>17</v>
       </c>
       <c r="N38" s="7"/>
     </row>
     <row r="39" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="177"/>
-      <c r="B39" s="62" t="s">
+      <c r="A39" s="211"/>
+      <c r="B39" s="146" t="s">
         <v>60</v>
       </c>
-      <c r="C39" s="179"/>
-      <c r="D39" s="81" t="s">
+      <c r="C39" s="213"/>
+      <c r="D39" s="158" t="s">
         <v>75</v>
       </c>
-      <c r="E39" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J39" s="13" t="s">
+      <c r="E39" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="160"/>
+      <c r="G39" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I39" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J39" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K39" s="26" t="s">
+      <c r="K39" s="161" t="s">
         <v>4</v>
       </c>
       <c r="N39" s="7"/>
     </row>
     <row r="40" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="177"/>
-[...2 lines deleted...]
-      <c r="D40" s="81" t="s">
+      <c r="A40" s="211"/>
+      <c r="B40" s="142"/>
+      <c r="C40" s="213"/>
+      <c r="D40" s="158" t="s">
         <v>122</v>
       </c>
-      <c r="E40" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J40" s="13" t="s">
+      <c r="E40" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="160"/>
+      <c r="G40" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I40" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J40" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K40" s="26" t="s">
+      <c r="K40" s="161" t="s">
         <v>17</v>
       </c>
       <c r="N40" s="7"/>
     </row>
     <row r="41" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="177"/>
-[...2 lines deleted...]
-      <c r="D41" s="81" t="s">
+      <c r="A41" s="211"/>
+      <c r="B41" s="142"/>
+      <c r="C41" s="213"/>
+      <c r="D41" s="158" t="s">
         <v>64</v>
       </c>
-      <c r="E41" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J41" s="13" t="s">
+      <c r="E41" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="160"/>
+      <c r="G41" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I41" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J41" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K41" s="26" t="s">
+      <c r="K41" s="161" t="s">
         <v>17</v>
       </c>
       <c r="N41" s="7"/>
     </row>
     <row r="42" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="177"/>
-[...2 lines deleted...]
-      <c r="D42" s="81" t="s">
+      <c r="A42" s="211"/>
+      <c r="B42" s="146"/>
+      <c r="C42" s="213"/>
+      <c r="D42" s="158" t="s">
         <v>49</v>
       </c>
-      <c r="E42" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J42" s="13" t="s">
+      <c r="E42" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="160"/>
+      <c r="G42" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I42" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J42" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K42" s="26" t="s">
+      <c r="K42" s="161" t="s">
         <v>17</v>
       </c>
       <c r="N42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="177"/>
-[...2 lines deleted...]
-      <c r="D43" s="81" t="s">
+      <c r="A43" s="211"/>
+      <c r="B43" s="146"/>
+      <c r="C43" s="213"/>
+      <c r="D43" s="158" t="s">
         <v>63</v>
       </c>
-      <c r="E43" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J43" s="13" t="s">
+      <c r="E43" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="160"/>
+      <c r="G43" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J43" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K43" s="26" t="s">
+      <c r="K43" s="161" t="s">
         <v>4</v>
       </c>
       <c r="N43" s="7"/>
     </row>
     <row r="44" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="177"/>
-[...2 lines deleted...]
-      <c r="D44" s="81" t="s">
+      <c r="A44" s="211"/>
+      <c r="B44" s="146"/>
+      <c r="C44" s="213"/>
+      <c r="D44" s="158" t="s">
         <v>31</v>
       </c>
-      <c r="E44" s="13" t="s">
-[...12 lines deleted...]
-      <c r="J44" s="13" t="s">
+      <c r="E44" s="159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="160"/>
+      <c r="G44" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="I44" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="J44" s="159" t="s">
         <v>37</v>
       </c>
-      <c r="K44" s="26" t="s">
+      <c r="K44" s="161" t="s">
         <v>17</v>
       </c>
       <c r="N44" s="7"/>
     </row>
     <row r="45" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="176" t="s">
+      <c r="A45" s="168" t="s">
         <v>88</v>
       </c>
-      <c r="B45" s="111" t="s">
+      <c r="B45" s="104" t="s">
         <v>89</v>
       </c>
-      <c r="C45" s="178" t="s">
+      <c r="C45" s="171" t="s">
         <v>92</v>
       </c>
-      <c r="D45" s="114" t="s">
+      <c r="D45" s="164" t="s">
         <v>93</v>
       </c>
-      <c r="E45" s="82"/>
+      <c r="E45" s="79"/>
       <c r="F45" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="J45" s="83">
+      <c r="J45" s="80">
         <v>1000000</v>
       </c>
       <c r="K45" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="N45" s="112"/>
+      <c r="N45" s="105"/>
     </row>
     <row r="46" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="177"/>
-      <c r="B46" s="72" t="s">
+      <c r="A46" s="169"/>
+      <c r="B46" s="71" t="s">
         <v>90</v>
       </c>
-      <c r="C46" s="179"/>
-      <c r="D46" s="81" t="s">
+      <c r="C46" s="165"/>
+      <c r="D46" s="78" t="s">
         <v>98</v>
       </c>
       <c r="E46" s="23"/>
       <c r="F46" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="J46" s="142">
+      <c r="J46" s="133">
         <v>1000000</v>
       </c>
       <c r="K46" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="N46" s="112"/>
+      <c r="N46" s="105"/>
     </row>
     <row r="47" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="180"/>
+      <c r="A47" s="170"/>
       <c r="B47" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="C47" s="181"/>
-[...1 lines deleted...]
-      <c r="E47" s="53"/>
+      <c r="C47" s="166"/>
+      <c r="D47" s="106"/>
+      <c r="E47" s="52"/>
       <c r="F47" s="20"/>
       <c r="G47" s="9"/>
       <c r="H47" s="9"/>
       <c r="I47" s="28"/>
       <c r="J47" s="15"/>
       <c r="K47" s="45"/>
-      <c r="N47" s="112"/>
+      <c r="N47" s="105"/>
     </row>
     <row r="48" spans="1:16" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="176" t="s">
+      <c r="A48" s="168" t="s">
         <v>111</v>
       </c>
       <c r="B48" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="C48" s="132"/>
-      <c r="D48" s="81"/>
+      <c r="C48" s="123"/>
+      <c r="D48" s="78"/>
       <c r="E48" s="23"/>
       <c r="F48" s="19"/>
       <c r="G48" s="22"/>
       <c r="H48" s="22"/>
       <c r="I48" s="27"/>
       <c r="J48" s="13"/>
       <c r="K48" s="26"/>
-      <c r="N48" s="131"/>
+      <c r="N48" s="122"/>
     </row>
     <row r="49" spans="1:60" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="177"/>
+      <c r="A49" s="169"/>
       <c r="B49" s="14" t="s">
         <v>113</v>
       </c>
-      <c r="C49" s="132" t="s">
+      <c r="C49" s="123" t="s">
         <v>115</v>
       </c>
-      <c r="D49" s="81" t="s">
+      <c r="D49" s="158" t="s">
         <v>64</v>
       </c>
       <c r="E49" s="23"/>
       <c r="F49" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K49" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="N49" s="131"/>
+      <c r="N49" s="122"/>
     </row>
     <row r="50" spans="1:60" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="180"/>
-      <c r="B50" s="62" t="s">
+      <c r="A50" s="170"/>
+      <c r="B50" s="61" t="s">
         <v>114</v>
       </c>
-      <c r="C50" s="132"/>
-      <c r="D50" s="81" t="s">
+      <c r="C50" s="123"/>
+      <c r="D50" s="78" t="s">
         <v>125</v>
       </c>
       <c r="E50" s="23"/>
       <c r="F50" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K50" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="N50" s="131"/>
+      <c r="N50" s="122"/>
     </row>
     <row r="51" spans="1:60" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="176" t="s">
+      <c r="A51" s="168" t="s">
         <v>33</v>
       </c>
-      <c r="B51" s="111" t="s">
+      <c r="B51" s="104" t="s">
         <v>34</v>
       </c>
-      <c r="C51" s="178" t="s">
+      <c r="C51" s="171" t="s">
         <v>35</v>
       </c>
-      <c r="D51" s="73" t="s">
+      <c r="D51" s="72" t="s">
         <v>36</v>
       </c>
-      <c r="E51" s="68" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="75" t="s">
+      <c r="E51" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="73" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="21"/>
       <c r="H51" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="J51" s="88" t="s">
+      <c r="J51" s="82" t="s">
         <v>44</v>
       </c>
-      <c r="K51" s="89" t="s">
+      <c r="K51" s="83" t="s">
         <v>4</v>
       </c>
       <c r="N51" s="7"/>
     </row>
     <row r="52" spans="1:60" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="183"/>
-      <c r="B52" s="72" t="s">
+      <c r="A52" s="178"/>
+      <c r="B52" s="71" t="s">
         <v>42</v>
       </c>
-      <c r="C52" s="179"/>
-      <c r="D52" s="90" t="s">
+      <c r="C52" s="165"/>
+      <c r="D52" s="84" t="s">
         <v>38</v>
       </c>
       <c r="E52" s="13"/>
-      <c r="F52" s="85" t="s">
+      <c r="F52" s="81" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="22"/>
       <c r="H52" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="22" t="s">
         <v>22</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="K52" s="91" t="s">
+      <c r="K52" s="85" t="s">
         <v>17</v>
       </c>
-      <c r="N52" s="220"/>
-[...1 lines deleted...]
-      <c r="P52" s="220"/>
+      <c r="N52" s="167"/>
+      <c r="O52" s="167"/>
+      <c r="P52" s="167"/>
     </row>
     <row r="53" spans="1:60" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="184"/>
+      <c r="A53" s="179"/>
       <c r="B53" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="C53" s="181"/>
-      <c r="D53" s="129"/>
+      <c r="C53" s="166"/>
+      <c r="D53" s="120"/>
       <c r="E53" s="15"/>
       <c r="F53" s="46" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="9"/>
       <c r="H53" s="9"/>
       <c r="I53" s="9"/>
       <c r="J53" s="15"/>
-      <c r="K53" s="48"/>
+      <c r="K53" s="47"/>
       <c r="N53" s="7"/>
     </row>
     <row r="54" spans="1:60" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="221" t="s">
+      <c r="A54" s="172" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="92" t="s">
+      <c r="B54" s="86" t="s">
         <v>51</v>
       </c>
-      <c r="C54" s="224" t="s">
+      <c r="C54" s="175" t="s">
         <v>54</v>
       </c>
-      <c r="D54" s="93" t="s">
+      <c r="D54" s="87" t="s">
         <v>55</v>
       </c>
-      <c r="E54" s="94" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="95" t="s">
+      <c r="E54" s="88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="89" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J54" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="K54" s="96" t="s">
+      <c r="K54" s="90" t="s">
         <v>4</v>
       </c>
       <c r="L54" s="4"/>
     </row>
     <row r="55" spans="1:60" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="222"/>
-      <c r="B55" s="97" t="s">
+      <c r="A55" s="173"/>
+      <c r="B55" s="91" t="s">
         <v>52</v>
       </c>
-      <c r="C55" s="225"/>
-      <c r="D55" s="99" t="s">
+      <c r="C55" s="176"/>
+      <c r="D55" s="93" t="s">
         <v>82</v>
       </c>
-      <c r="E55" s="98"/>
-      <c r="F55" s="101" t="s">
+      <c r="E55" s="92"/>
+      <c r="F55" s="95" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I55" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J55" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K55" s="102" t="s">
+      <c r="K55" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L55" s="4"/>
     </row>
     <row r="56" spans="1:60" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="222"/>
-      <c r="B56" s="62" t="s">
+      <c r="A56" s="173"/>
+      <c r="B56" s="61" t="s">
         <v>53</v>
       </c>
-      <c r="C56" s="225"/>
-      <c r="D56" s="99" t="s">
+      <c r="C56" s="176"/>
+      <c r="D56" s="93" t="s">
         <v>56</v>
       </c>
-      <c r="E56" s="100"/>
-      <c r="F56" s="101" t="s">
+      <c r="E56" s="94"/>
+      <c r="F56" s="95" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H56" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I56" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J56" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K56" s="102" t="s">
+      <c r="K56" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L56" s="4"/>
     </row>
-    <row r="57" spans="1:60" s="50" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="223"/>
+    <row r="57" spans="1:60" s="49" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="174"/>
       <c r="B57" s="11"/>
-      <c r="C57" s="226"/>
-      <c r="D57" s="103" t="s">
+      <c r="C57" s="177"/>
+      <c r="D57" s="97" t="s">
         <v>107</v>
       </c>
-      <c r="E57" s="104"/>
-      <c r="F57" s="105" t="s">
+      <c r="E57" s="98"/>
+      <c r="F57" s="99" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I57" s="28" t="s">
         <v>22</v>
       </c>
       <c r="J57" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="K57" s="130" t="s">
+      <c r="K57" s="121" t="s">
         <v>37</v>
       </c>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="P57" s="4"/>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
       <c r="S57" s="4"/>
       <c r="T57" s="4"/>
       <c r="U57" s="4"/>
       <c r="V57" s="4"/>
       <c r="W57" s="4"/>
       <c r="X57" s="4"/>
       <c r="Y57" s="4"/>
       <c r="Z57" s="4"/>
       <c r="AA57" s="4"/>
       <c r="AB57" s="4"/>
       <c r="AC57" s="4"/>
       <c r="AD57" s="4"/>
       <c r="AE57" s="4"/>
       <c r="AF57" s="4"/>
       <c r="AG57" s="4"/>
       <c r="AH57" s="4"/>
       <c r="AI57" s="4"/>
       <c r="AJ57" s="4"/>
@@ -3487,455 +3463,455 @@
       <c r="AL57" s="4"/>
       <c r="AM57" s="4"/>
       <c r="AN57" s="4"/>
       <c r="AO57" s="4"/>
       <c r="AP57" s="4"/>
       <c r="AQ57" s="4"/>
       <c r="AR57" s="4"/>
       <c r="AS57" s="4"/>
       <c r="AT57" s="4"/>
       <c r="AU57" s="4"/>
       <c r="AV57" s="4"/>
       <c r="AW57" s="4"/>
       <c r="AX57" s="4"/>
       <c r="AY57" s="4"/>
       <c r="AZ57" s="4"/>
       <c r="BA57" s="4"/>
       <c r="BB57" s="4"/>
       <c r="BC57" s="4"/>
       <c r="BD57" s="4"/>
       <c r="BE57" s="4"/>
       <c r="BF57" s="4"/>
       <c r="BG57" s="4"/>
       <c r="BH57" s="4"/>
     </row>
     <row r="58" spans="1:60" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="227" t="s">
+      <c r="A58" s="172" t="s">
         <v>76</v>
       </c>
-      <c r="B58" s="146" t="s">
+      <c r="B58" s="140" t="s">
         <v>77</v>
       </c>
-      <c r="C58" s="147" t="s">
+      <c r="C58" s="137" t="s">
         <v>109</v>
       </c>
-      <c r="D58" s="148" t="s">
+      <c r="D58" s="87" t="s">
         <v>79</v>
       </c>
-      <c r="E58" s="149"/>
-[...12 lines deleted...]
-      <c r="J58" s="153" t="s">
+      <c r="E58" s="88"/>
+      <c r="F58" s="89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I58" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J58" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="K58" s="154" t="s">
+      <c r="K58" s="90" t="s">
         <v>37</v>
       </c>
       <c r="L58" s="4"/>
     </row>
     <row r="59" spans="1:60" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="228"/>
-      <c r="B59" s="155" t="s">
+      <c r="A59" s="173"/>
+      <c r="B59" s="100" t="s">
         <v>78</v>
       </c>
-      <c r="C59" s="156" t="s">
+      <c r="C59" s="138" t="s">
         <v>108</v>
       </c>
-      <c r="D59" s="157" t="s">
+      <c r="D59" s="93" t="s">
         <v>102</v>
       </c>
-      <c r="E59" s="158"/>
-[...12 lines deleted...]
-      <c r="J59" s="162" t="s">
+      <c r="E59" s="94"/>
+      <c r="F59" s="95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="I59" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="J59" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K59" s="163" t="s">
+      <c r="K59" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L59" s="4"/>
     </row>
-    <row r="60" spans="1:60" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B60" s="155" t="s">
+    <row r="60" spans="1:60" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="173"/>
+      <c r="B60" s="100" t="s">
         <v>101</v>
       </c>
-      <c r="C60" s="156"/>
-[...7 lines deleted...]
-      <c r="K60" s="163"/>
+      <c r="C60" s="138"/>
+      <c r="D60" s="93"/>
+      <c r="E60" s="94"/>
+      <c r="F60" s="95"/>
+      <c r="G60" s="22"/>
+      <c r="H60" s="22"/>
+      <c r="I60" s="16"/>
+      <c r="J60" s="30"/>
+      <c r="K60" s="96"/>
       <c r="L60" s="4"/>
     </row>
-    <row r="61" spans="1:60" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="155" t="s">
+    <row r="61" spans="1:60" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="173"/>
+      <c r="B61" s="100" t="s">
         <v>52</v>
       </c>
-      <c r="C61" s="156" t="s">
+      <c r="C61" s="138" t="s">
         <v>110</v>
       </c>
-      <c r="D61" s="157"/>
-[...6 lines deleted...]
-      <c r="K61" s="163"/>
+      <c r="D61" s="93"/>
+      <c r="E61" s="94"/>
+      <c r="F61" s="95"/>
+      <c r="G61" s="22"/>
+      <c r="H61" s="22"/>
+      <c r="I61" s="16"/>
+      <c r="J61" s="30"/>
+      <c r="K61" s="96"/>
       <c r="L61" s="4"/>
     </row>
-    <row r="62" spans="1:60" s="128" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B62" s="165" t="s">
+    <row r="62" spans="1:60" s="119" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="174"/>
+      <c r="B62" s="124" t="s">
         <v>81</v>
       </c>
-      <c r="C62" s="166"/>
-[...7 lines deleted...]
-      <c r="K62" s="173"/>
+      <c r="C62" s="139"/>
+      <c r="D62" s="97"/>
+      <c r="E62" s="98"/>
+      <c r="F62" s="99"/>
+      <c r="G62" s="9"/>
+      <c r="H62" s="9"/>
+      <c r="I62" s="125"/>
+      <c r="J62" s="32"/>
+      <c r="K62" s="121"/>
       <c r="L62" s="4"/>
     </row>
-    <row r="63" spans="1:60" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="222" t="s">
+    <row r="63" spans="1:60" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="173" t="s">
         <v>117</v>
       </c>
-      <c r="B63" s="135" t="s">
+      <c r="B63" s="126" t="s">
         <v>118</v>
       </c>
-      <c r="C63" s="179" t="s">
+      <c r="C63" s="165" t="s">
         <v>121</v>
       </c>
-      <c r="D63" s="136" t="s">
+      <c r="D63" s="127" t="s">
         <v>73</v>
       </c>
-      <c r="E63" s="137"/>
-      <c r="F63" s="101" t="s">
+      <c r="E63" s="128"/>
+      <c r="F63" s="95" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H63" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I63" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J63" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K63" s="102" t="s">
+      <c r="K63" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L63" s="4"/>
     </row>
-    <row r="64" spans="1:60" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B64" s="106" t="s">
+    <row r="64" spans="1:60" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="173"/>
+      <c r="B64" s="100" t="s">
         <v>119</v>
       </c>
-      <c r="C64" s="179"/>
-      <c r="D64" s="138" t="s">
+      <c r="C64" s="165"/>
+      <c r="D64" s="129" t="s">
         <v>74</v>
       </c>
-      <c r="E64" s="137"/>
-      <c r="F64" s="101" t="s">
+      <c r="E64" s="128"/>
+      <c r="F64" s="95" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I64" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J64" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K64" s="102" t="s">
+      <c r="K64" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L64" s="4"/>
     </row>
-    <row r="65" spans="1:12" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B65" s="139" t="s">
+    <row r="65" spans="1:12" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="173"/>
+      <c r="B65" s="130" t="s">
         <v>120</v>
       </c>
-      <c r="C65" s="179"/>
-      <c r="D65" s="138" t="s">
+      <c r="C65" s="165"/>
+      <c r="D65" s="129" t="s">
         <v>123</v>
       </c>
-      <c r="E65" s="137"/>
-      <c r="F65" s="101" t="s">
+      <c r="E65" s="128"/>
+      <c r="F65" s="95" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H65" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I65" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J65" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K65" s="102" t="s">
+      <c r="K65" s="96" t="s">
         <v>37</v>
       </c>
       <c r="L65" s="4"/>
     </row>
-    <row r="66" spans="1:12" s="128" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F66" s="105"/>
+    <row r="66" spans="1:12" s="119" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="174"/>
+      <c r="B66" s="124"/>
+      <c r="C66" s="166"/>
+      <c r="D66" s="131"/>
+      <c r="E66" s="132"/>
+      <c r="F66" s="99"/>
       <c r="G66" s="9"/>
       <c r="H66" s="9"/>
-      <c r="I66" s="134"/>
+      <c r="I66" s="125"/>
       <c r="J66" s="32"/>
-      <c r="K66" s="130"/>
+      <c r="K66" s="121"/>
       <c r="L66" s="4"/>
     </row>
-    <row r="67" spans="1:12" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="176" t="s">
+    <row r="67" spans="1:12" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="168" t="s">
         <v>104</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="C67" s="178" t="s">
+      <c r="C67" s="171" t="s">
         <v>85</v>
       </c>
-      <c r="D67" s="127" t="s">
+      <c r="D67" s="147" t="s">
         <v>86</v>
       </c>
-      <c r="E67" s="74"/>
-      <c r="F67" s="74" t="s">
+      <c r="E67" s="148"/>
+      <c r="F67" s="148" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="21" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="21" t="s">
         <v>22</v>
       </c>
       <c r="I67" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J67" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="K67" s="84" t="s">
+      <c r="K67" s="149" t="s">
         <v>37</v>
       </c>
       <c r="L67" s="4"/>
     </row>
-    <row r="68" spans="1:12" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="177"/>
+    <row r="68" spans="1:12" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="169"/>
       <c r="B68" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="C68" s="179"/>
-      <c r="D68" s="108" t="s">
+      <c r="C68" s="165"/>
+      <c r="D68" s="150" t="s">
         <v>100</v>
       </c>
-      <c r="E68" s="107"/>
-      <c r="F68" s="107" t="s">
+      <c r="E68" s="101"/>
+      <c r="F68" s="101" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H68" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I68" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J68" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K68" s="86" t="s">
+      <c r="K68" s="151" t="s">
         <v>37</v>
       </c>
       <c r="L68" s="4"/>
     </row>
-    <row r="69" spans="1:12" s="124" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B69" s="62" t="s">
+    <row r="69" spans="1:12" s="116" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="169"/>
+      <c r="B69" s="61" t="s">
         <v>126</v>
       </c>
-      <c r="C69" s="179"/>
-      <c r="D69" s="108" t="s">
+      <c r="C69" s="165"/>
+      <c r="D69" s="143" t="s">
         <v>95</v>
       </c>
-      <c r="E69" s="107"/>
-      <c r="F69" s="107" t="s">
+      <c r="E69" s="101"/>
+      <c r="F69" s="101" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H69" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I69" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J69" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K69" s="86" t="s">
+      <c r="K69" s="151" t="s">
         <v>37</v>
       </c>
       <c r="L69" s="4"/>
     </row>
-    <row r="70" spans="1:12" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D70" s="108" t="s">
+    <row r="70" spans="1:12" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="169"/>
+      <c r="B70" s="61"/>
+      <c r="C70" s="165"/>
+      <c r="D70" s="150" t="s">
         <v>97</v>
       </c>
-      <c r="E70" s="107"/>
-      <c r="F70" s="107" t="s">
+      <c r="E70" s="101"/>
+      <c r="F70" s="101" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="22" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="22" t="s">
         <v>22</v>
       </c>
       <c r="I70" s="27" t="s">
         <v>22</v>
       </c>
       <c r="J70" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="K70" s="86" t="s">
+      <c r="K70" s="151" t="s">
         <v>37</v>
       </c>
       <c r="L70" s="4"/>
     </row>
-    <row r="71" spans="1:12" s="126" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="180"/>
+    <row r="71" spans="1:12" s="118" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="170"/>
       <c r="B71" s="11"/>
-      <c r="C71" s="181"/>
-      <c r="D71" s="47" t="s">
+      <c r="C71" s="166"/>
+      <c r="D71" s="152" t="s">
         <v>106</v>
       </c>
       <c r="E71" s="38"/>
       <c r="F71" s="38" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>22</v>
       </c>
       <c r="H71" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I71" s="28" t="s">
         <v>22</v>
       </c>
       <c r="J71" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="K71" s="87" t="s">
+      <c r="K71" s="153" t="s">
         <v>37</v>
       </c>
       <c r="L71" s="4"/>
     </row>
-    <row r="72" spans="1:12" s="128" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:12" s="119" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="36"/>
       <c r="B72" s="44"/>
-      <c r="C72" s="49"/>
+      <c r="C72" s="48"/>
       <c r="D72" s="37"/>
       <c r="E72" s="42"/>
       <c r="F72" s="42"/>
       <c r="G72" s="16"/>
       <c r="H72" s="16"/>
       <c r="I72" s="16"/>
-      <c r="J72" s="125"/>
+      <c r="J72" s="117"/>
       <c r="K72" s="42"/>
       <c r="L72" s="4"/>
     </row>
-    <row r="73" spans="1:12" s="124" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:12" s="116" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="36"/>
       <c r="B73" s="44"/>
-      <c r="C73" s="49"/>
+      <c r="C73" s="48"/>
       <c r="D73" s="37"/>
       <c r="E73" s="42"/>
       <c r="F73" s="42"/>
       <c r="G73" s="16"/>
       <c r="H73" s="16"/>
       <c r="I73" s="16"/>
-      <c r="J73" s="125"/>
+      <c r="J73" s="117"/>
       <c r="K73" s="42"/>
       <c r="L73" s="4"/>
     </row>
     <row r="74" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="42"/>
       <c r="B74" s="44"/>
-      <c r="C74" s="49"/>
+      <c r="C74" s="48"/>
       <c r="D74" s="37"/>
       <c r="E74" s="40"/>
       <c r="F74" s="42"/>
       <c r="G74" s="16"/>
       <c r="H74" s="16"/>
       <c r="I74" s="16"/>
       <c r="J74" s="41"/>
       <c r="K74" s="42"/>
       <c r="L74" s="4"/>
     </row>
     <row r="79" spans="1:12" x14ac:dyDescent="0.25">
       <c r="D79" s="34"/>
       <c r="E79" s="33"/>
       <c r="F79" s="33"/>
       <c r="G79" s="16"/>
       <c r="H79" s="16"/>
       <c r="I79" s="16"/>
       <c r="J79" s="33"/>
       <c r="K79" s="33"/>
     </row>
     <row r="80" spans="1:12" x14ac:dyDescent="0.25">
       <c r="D80" s="36"/>
       <c r="E80" s="33"/>
       <c r="F80" s="33"/>
       <c r="G80" s="16"/>
@@ -4007,100 +3983,100 @@
       <c r="J86" s="33"/>
       <c r="K86" s="33"/>
     </row>
     <row r="87" spans="4:14" x14ac:dyDescent="0.25">
       <c r="D87" s="4"/>
       <c r="E87" s="35"/>
       <c r="F87" s="35"/>
       <c r="G87" s="35"/>
       <c r="H87" s="35"/>
       <c r="I87" s="35"/>
       <c r="J87" s="35"/>
       <c r="K87" s="35"/>
     </row>
     <row r="88" spans="4:14" x14ac:dyDescent="0.25">
       <c r="D88" s="34"/>
       <c r="E88" s="33"/>
       <c r="F88" s="33"/>
       <c r="G88" s="16"/>
       <c r="H88" s="16"/>
       <c r="I88" s="16"/>
       <c r="J88" s="33"/>
       <c r="K88" s="33"/>
     </row>
   </sheetData>
   <mergeCells count="50">
+    <mergeCell ref="H12:H14"/>
+    <mergeCell ref="A37:A44"/>
+    <mergeCell ref="C37:C44"/>
+    <mergeCell ref="A45:A47"/>
+    <mergeCell ref="C45:C47"/>
+    <mergeCell ref="A15:A19"/>
+    <mergeCell ref="A20:A27"/>
+    <mergeCell ref="C20:C27"/>
+    <mergeCell ref="C15:C19"/>
+    <mergeCell ref="A28:A33"/>
+    <mergeCell ref="C28:C33"/>
+    <mergeCell ref="W14:W15"/>
+    <mergeCell ref="S14:S15"/>
+    <mergeCell ref="T14:T15"/>
+    <mergeCell ref="U14:U15"/>
+    <mergeCell ref="Q14:Q15"/>
+    <mergeCell ref="R14:R15"/>
+    <mergeCell ref="V14:V15"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A10:A14"/>
+    <mergeCell ref="B10:B14"/>
+    <mergeCell ref="C10:C14"/>
+    <mergeCell ref="D10:D14"/>
+    <mergeCell ref="E12:E14"/>
+    <mergeCell ref="F12:F14"/>
+    <mergeCell ref="G12:G14"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="E10:K11"/>
+    <mergeCell ref="K12:K14"/>
+    <mergeCell ref="I12:I14"/>
+    <mergeCell ref="J12:J14"/>
     <mergeCell ref="C63:C66"/>
     <mergeCell ref="N28:P28"/>
     <mergeCell ref="A67:A71"/>
     <mergeCell ref="C67:C71"/>
     <mergeCell ref="N37:P37"/>
     <mergeCell ref="A54:A57"/>
     <mergeCell ref="C54:C57"/>
     <mergeCell ref="A58:A62"/>
     <mergeCell ref="N52:P52"/>
     <mergeCell ref="N35:P35"/>
     <mergeCell ref="C51:C53"/>
     <mergeCell ref="A51:A53"/>
     <mergeCell ref="A34:A36"/>
     <mergeCell ref="C34:C36"/>
     <mergeCell ref="A48:A50"/>
     <mergeCell ref="A63:A66"/>
-    <mergeCell ref="A1:K1"/>
-[...32 lines deleted...]
-    <mergeCell ref="C28:C33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B53" r:id="rId1" xr:uid="{77B34761-4606-493E-A9C5-44B8C263CA25}"/>
     <hyperlink ref="B36" r:id="rId2" xr:uid="{B223DF24-5009-4A80-A1BB-730AB9C01C22}"/>
     <hyperlink ref="B56" r:id="rId3" xr:uid="{06732F04-C99B-472B-9638-996FA9CB2778}"/>
     <hyperlink ref="B39" r:id="rId4" xr:uid="{F7FEAAAE-F564-4612-9B6B-CAF6115C08F0}"/>
     <hyperlink ref="B22" r:id="rId5" xr:uid="{A46457C6-7D92-47CA-B842-1738C839BBFA}"/>
     <hyperlink ref="B17" r:id="rId6" xr:uid="{0DB99DB6-D1B1-4C03-9036-5B7CD7D36DB6}"/>
     <hyperlink ref="B47" r:id="rId7" xr:uid="{B714BFBB-E899-4990-B8FD-825767510E9A}"/>
     <hyperlink ref="B30" r:id="rId8" xr:uid="{44CB8C01-7CF2-4E1C-96E8-8F75AC3E9914}"/>
     <hyperlink ref="B69" r:id="rId9" xr:uid="{8CA49F24-A4D8-4A6F-A9BA-75537915A5C8}"/>
     <hyperlink ref="B62" r:id="rId10" xr:uid="{AB817723-C58D-42B8-95DA-712DDBE8064E}"/>
     <hyperlink ref="B50" r:id="rId11" xr:uid="{E46BC149-4E74-4374-BE22-69FFC58E0691}"/>
     <hyperlink ref="B65" r:id="rId12" xr:uid="{C87A7041-B43D-4046-81A4-4403E4682D04}"/>
   </hyperlinks>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="73" fitToHeight="2" orientation="landscape" r:id="rId13"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="50" max="16383" man="1"/>
     <brk id="53" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>