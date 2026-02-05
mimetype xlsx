--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -5,78 +5,78 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Bail Bond Companies\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E48B6E9-8923-4CF2-B066-7BA9C1E7035A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{951887B1-A15F-4A7E-B6FD-FA5B858CFEB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="TwhRf5DjRvqzynIuQD3lc11FJRjJ3hFEShtAbHORXqnjc0n4YR/Z8KVWJrzr/0RJxs7CRBX1b5EHZMmx0KIiKQ==" workbookSaltValue="k/Z8HKB0oh0YBFtBwx3Spg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="23880" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1980" yWindow="1395" windowWidth="18000" windowHeight="9270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APPROVED BAIL COMPANIES" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'APPROVED BAIL COMPANIES'!$A$1:$K$71</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'APPROVED BAIL COMPANIES'!$A$1:$K$66</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'APPROVED BAIL COMPANIES'!$10:$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="125">
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>NCC</t>
   </si>
   <si>
     <t>Surety</t>
   </si>
   <si>
     <t xml:space="preserve">Harry J. Clark, Jr. </t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Telephone 
 Number</t>
   </si>
   <si>
     <t>Registered   Agents</t>
   </si>
@@ -113,360 +113,345 @@
   <si>
     <t xml:space="preserve">Yellow denotes a change made since last update. </t>
   </si>
   <si>
     <t>Red denotes a suspension or revocation.</t>
   </si>
   <si>
     <t>Black bold font denotes the designated bail agent.</t>
   </si>
   <si>
     <t>$1,000,000</t>
   </si>
   <si>
     <t>JP, CCP, FC, SC</t>
   </si>
   <si>
     <t>1st Choice Bail Bonds, LLC</t>
   </si>
   <si>
     <t>JP Court, CCP, Family Court, Superior Court</t>
   </si>
   <si>
     <t>A Bail Bond by Resto &amp;   Company, Inc.</t>
   </si>
   <si>
-    <t>725 N. Market Street</t>
-[...4 lines deleted...]
-  <si>
     <t>restobailbonds@gmail.com</t>
   </si>
   <si>
     <t>(302) 427-2245</t>
   </si>
   <si>
     <t>William Resto, Jr.</t>
   </si>
   <si>
     <t>Aida N. Resto</t>
   </si>
   <si>
     <t>1224 N. King Street</t>
   </si>
   <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Lorenzo West</t>
+  </si>
+  <si>
+    <t>Christina  A. Brigandi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">John S.  Donahue, IV </t>
+  </si>
+  <si>
+    <t>Milford, DE 19963</t>
+  </si>
+  <si>
+    <t>shelley.maloney@comcast.net</t>
+  </si>
+  <si>
+    <t>(302) 670-2752</t>
+  </si>
+  <si>
+    <t>Shelley Maloney</t>
+  </si>
+  <si>
+    <t>Absolute Bail Bonds, LLC</t>
+  </si>
+  <si>
+    <t>178 North DuPont Highway</t>
+  </si>
+  <si>
+    <t>Dover, DE 19901</t>
+  </si>
+  <si>
+    <t>lyonsbailbonds@gmail.com</t>
+  </si>
+  <si>
+    <t>(302) 766-7100</t>
+  </si>
+  <si>
+    <t>Larry Robinson</t>
+  </si>
+  <si>
+    <t>American Funding Services Corporation</t>
+  </si>
+  <si>
+    <t>2062 New Castle Avenue, Suite A</t>
+  </si>
+  <si>
+    <t>New Castle, DE 19720</t>
+  </si>
+  <si>
+    <t>afscorp@hotmail.com</t>
+  </si>
+  <si>
+    <t>Kenneth Moye</t>
+  </si>
+  <si>
+    <t>Dwayne Breeding</t>
+  </si>
+  <si>
+    <t>Alexander Moye</t>
+  </si>
+  <si>
+    <t>A &amp; E Bail Bonds, Inc.</t>
+  </si>
+  <si>
+    <t>32369 Long Neck Road, Unit 13A</t>
+  </si>
+  <si>
+    <t>Millsboro, DE 19966</t>
+  </si>
+  <si>
+    <t>(302) 476-8165</t>
+  </si>
+  <si>
+    <t>Richard J. Kotowski, Jr.</t>
+  </si>
+  <si>
+    <t>Jamie R. Kotowski</t>
+  </si>
+  <si>
+    <t>Larry D. Robinson</t>
+  </si>
+  <si>
+    <t>Andrea Swan</t>
+  </si>
+  <si>
+    <t>Lisa Doran</t>
+  </si>
+  <si>
+    <t>Diamond Doran</t>
+  </si>
+  <si>
+    <t>Patrick Dunn</t>
+  </si>
+  <si>
+    <t>Brian Donahue</t>
+  </si>
+  <si>
+    <t>Montanez Reed</t>
+  </si>
+  <si>
+    <t>625 North King Street</t>
+  </si>
+  <si>
+    <t>Wilmington, DE 19801</t>
+  </si>
+  <si>
+    <t>(302) 777-7982</t>
+  </si>
+  <si>
+    <t>Latrisha Jenetta Seward</t>
+  </si>
+  <si>
+    <t>Danielle R. Samuels</t>
+  </si>
+  <si>
+    <t>admin@aebailbond.com</t>
+  </si>
+  <si>
+    <t>Lorin  Jones</t>
+  </si>
+  <si>
+    <t>harryclark@icloud.com</t>
+  </si>
+  <si>
+    <t>(302) 658-8470</t>
+  </si>
+  <si>
+    <t>George El</t>
+  </si>
+  <si>
+    <t>$2,000,000</t>
+  </si>
+  <si>
+    <t>Lyons Surety Group LLC           (DBA) Lyons Bail Bonds</t>
+  </si>
+  <si>
+    <t>Lorin Jones</t>
+  </si>
+  <si>
+    <t>thbailbondagencyllc@gmail.com</t>
+  </si>
+  <si>
+    <t>Erica D. Tiburcio</t>
+  </si>
+  <si>
+    <t>Bernard V. Smith</t>
+  </si>
+  <si>
+    <t>2026  State of Delaware Judicial Branch</t>
+  </si>
+  <si>
+    <t>725 North Market Street</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T &amp; H Bail Bond Agency LLC   (DBA)Gina's Bail Bond Agency </t>
+  </si>
+  <si>
+    <t>Bernard H. Williams, Sr.</t>
+  </si>
+  <si>
+    <t>Carlos O. Natal-Torres</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruny's Bail Bonds </t>
+  </si>
+  <si>
+    <t>Wilmington, DE 19805</t>
+  </si>
+  <si>
+    <t>(302) 494-6212</t>
+  </si>
+  <si>
+    <t>Brunilda Luna-Mercado</t>
+  </si>
+  <si>
+    <t>$2, 000, 000</t>
+  </si>
+  <si>
+    <t>bruny@brunysbailbonds.com</t>
+  </si>
+  <si>
+    <t>Raman Kumar</t>
+  </si>
+  <si>
+    <t>1933 A W. 4th Street</t>
+  </si>
+  <si>
+    <t>Major Bail Bonds LLC</t>
+  </si>
+  <si>
+    <t>420 Pennsylvania Avenue, Ste. 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Hanan Major</t>
+  </si>
+  <si>
+    <t>Seaford, DE 19973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(302) 775-6239 </t>
+  </si>
+  <si>
+    <t>490 N DuPont Highway</t>
+  </si>
+  <si>
+    <t>(302) 217-0874</t>
+  </si>
+  <si>
+    <t>majorbailbonds@gmail.com</t>
+  </si>
+  <si>
+    <t>Tanya Deborah Brewer</t>
+  </si>
+  <si>
+    <t>One Unique Calls Bail Bonds, LLC (DBA) One Uique Call</t>
+  </si>
+  <si>
+    <t>801 Providence Drive</t>
+  </si>
+  <si>
+    <t>Smyrna, DE 19977</t>
+  </si>
+  <si>
+    <t>oneuniquecall@yahoo.com</t>
+  </si>
+  <si>
+    <t>(302) 703-9493</t>
+  </si>
+  <si>
     <t>Dale's Bail Bonds, LLC</t>
   </si>
   <si>
     <t>11 E. Market Street, Suite #1</t>
   </si>
   <si>
     <t>(302) 856-7214</t>
   </si>
   <si>
     <t>Kevin C. Hamilton</t>
   </si>
   <si>
-    <t>N/A</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">John S.  Donahue, IV </t>
+    <t>$500, 000</t>
   </si>
   <si>
     <t>Georgetown, DE 19947</t>
   </si>
   <si>
     <t>DalesBailBonds@Gmail.com</t>
   </si>
   <si>
-    <t>$500, 000</t>
-[...130 lines deleted...]
-  <si>
     <t>Axe Bail Bonds</t>
   </si>
   <si>
     <t>604 Fernwood Drive</t>
   </si>
   <si>
+    <t>(302) 670-9407</t>
+  </si>
+  <si>
+    <t>Dwayne Aubrey Breeding</t>
+  </si>
+  <si>
     <t>Harrington, DE 19952</t>
   </si>
   <si>
+    <t>Michelle Rose Gervis</t>
+  </si>
+  <si>
     <t>axebailbonds@yahoo.com</t>
   </si>
   <si>
-    <t>(302) 670-9407</t>
-[...110 lines deleted...]
-    <t>Authorized Bail Bond Entities as of 12/10/2025</t>
+    <t>Authorized Bail Bond Entities as of 02/04/2026</t>
+  </si>
+  <si>
+    <t>18 SE Front Street, Suite 104</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
@@ -929,669 +914,606 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="222">
+  <cellXfs count="199">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="6" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...130 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFB07CE4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -1864,2239 +1786,2076 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restobailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyonsbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:axebailbonds@yahoo.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oneuniquecall@yahoo.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.maloney@comcast.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DalesBailBonds@Gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harryclark@icloud.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bruny@brunysbailbonds.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aebailbond.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majorbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afscorp@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thbailbondagencyllc@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majorbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afscorp@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thbailbondagencyllc@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyonsbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.maloney@comcast.net" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restobailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harryclark@icloud.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DalesBailBonds@Gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aebailbond.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oneuniquecall@yahoo.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BH88"/>
+  <dimension ref="A1:BH83"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N37" sqref="N37:P37"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="P37" sqref="P37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.85546875" customWidth="1"/>
     <col min="2" max="2" width="36.140625" customWidth="1"/>
-    <col min="3" max="3" width="15.140625" style="51" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" style="42" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23" customWidth="1"/>
     <col min="5" max="6" width="3.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="6.7109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="16" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10.85546875" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="24.42578125" customWidth="1"/>
     <col min="17" max="17" width="25.28515625" customWidth="1"/>
     <col min="18" max="18" width="25.5703125" customWidth="1"/>
     <col min="19" max="19" width="21.140625" customWidth="1"/>
     <col min="20" max="20" width="16.42578125" customWidth="1"/>
     <col min="21" max="21" width="17" customWidth="1"/>
     <col min="22" max="22" width="15.85546875" customWidth="1"/>
     <col min="23" max="23" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="181" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="181"/>
+      <c r="A1" s="170" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="170"/>
+      <c r="C1" s="170"/>
+      <c r="D1" s="170"/>
+      <c r="E1" s="170"/>
+      <c r="F1" s="170"/>
+      <c r="G1" s="170"/>
+      <c r="H1" s="170"/>
+      <c r="I1" s="170"/>
+      <c r="J1" s="170"/>
+      <c r="K1" s="170"/>
     </row>
     <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="182" t="s">
-[...11 lines deleted...]
-      <c r="K2" s="182"/>
+      <c r="A2" s="171" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" s="171"/>
+      <c r="C2" s="171"/>
+      <c r="D2" s="171"/>
+      <c r="E2" s="171"/>
+      <c r="F2" s="171"/>
+      <c r="G2" s="171"/>
+      <c r="H2" s="171"/>
+      <c r="I2" s="171"/>
+      <c r="J2" s="171"/>
+      <c r="K2" s="171"/>
     </row>
     <row r="3" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="182" t="s">
+      <c r="A3" s="171" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="192"/>
-[...8 lines deleted...]
-      <c r="K3" s="192"/>
+      <c r="B3" s="180"/>
+      <c r="C3" s="180"/>
+      <c r="D3" s="180"/>
+      <c r="E3" s="180"/>
+      <c r="F3" s="180"/>
+      <c r="G3" s="180"/>
+      <c r="H3" s="180"/>
+      <c r="I3" s="180"/>
+      <c r="J3" s="180"/>
+      <c r="K3" s="180"/>
     </row>
     <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="193" t="s">
+      <c r="A4" s="181" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="192"/>
-[...8 lines deleted...]
-      <c r="K4" s="192"/>
+      <c r="B4" s="180"/>
+      <c r="C4" s="180"/>
+      <c r="D4" s="180"/>
+      <c r="E4" s="180"/>
+      <c r="F4" s="180"/>
+      <c r="G4" s="180"/>
+      <c r="H4" s="180"/>
+      <c r="I4" s="180"/>
+      <c r="J4" s="180"/>
+      <c r="K4" s="180"/>
     </row>
     <row r="5" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="194" t="s">
+      <c r="A5" s="182" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="192"/>
-[...47 lines deleted...]
-      <c r="K8" s="136"/>
+      <c r="B5" s="180"/>
+      <c r="C5" s="180"/>
+      <c r="D5" s="180"/>
+      <c r="E5" s="180"/>
+      <c r="F5" s="180"/>
+      <c r="G5" s="180"/>
+      <c r="H5" s="180"/>
+      <c r="I5" s="180"/>
+      <c r="J5" s="180"/>
+      <c r="K5" s="180"/>
+    </row>
+    <row r="6" spans="1:34" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7"/>
+      <c r="B6" s="51"/>
+      <c r="C6" s="51"/>
+      <c r="D6" s="51"/>
+      <c r="E6" s="51"/>
+      <c r="F6" s="51"/>
+      <c r="G6" s="51"/>
+      <c r="H6" s="51"/>
+      <c r="I6" s="51"/>
+      <c r="J6" s="51"/>
+      <c r="K6" s="51"/>
+    </row>
+    <row r="7" spans="1:34" s="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="7"/>
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="57"/>
+      <c r="E7" s="57"/>
+      <c r="F7" s="57"/>
+      <c r="G7" s="57"/>
+      <c r="H7" s="57"/>
+      <c r="I7" s="57"/>
+      <c r="J7" s="57"/>
+      <c r="K7" s="57"/>
+    </row>
+    <row r="8" spans="1:34" s="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="7"/>
+      <c r="B8" s="57"/>
+      <c r="C8" s="57"/>
+      <c r="D8" s="57"/>
+      <c r="E8" s="57"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="57"/>
+      <c r="H8" s="57"/>
+      <c r="I8" s="57"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
     </row>
     <row r="9" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="10"/>
-[...9 lines deleted...]
-      <c r="K9" s="31"/>
+      <c r="A9" s="7"/>
+      <c r="B9" s="26"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="26"/>
+      <c r="F9" s="26"/>
+      <c r="G9" s="26"/>
+      <c r="H9" s="26"/>
+      <c r="I9" s="26"/>
+      <c r="J9" s="26"/>
+      <c r="K9" s="26"/>
     </row>
     <row r="10" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="183" t="s">
+      <c r="A10" s="172" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="183" t="s">
+      <c r="B10" s="172" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="185" t="s">
+      <c r="C10" s="174" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="183" t="s">
+      <c r="D10" s="172" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="195" t="s">
+      <c r="E10" s="183" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="195"/>
-[...5 lines deleted...]
-      <c r="O10" s="12"/>
+      <c r="F10" s="183"/>
+      <c r="G10" s="183"/>
+      <c r="H10" s="183"/>
+      <c r="I10" s="183"/>
+      <c r="J10" s="183"/>
+      <c r="K10" s="184"/>
+      <c r="O10" s="9"/>
     </row>
     <row r="11" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="184"/>
-[...9 lines deleted...]
-      <c r="K11" s="198"/>
+      <c r="A11" s="173"/>
+      <c r="B11" s="173"/>
+      <c r="C11" s="175"/>
+      <c r="D11" s="173"/>
+      <c r="E11" s="185"/>
+      <c r="F11" s="185"/>
+      <c r="G11" s="185"/>
+      <c r="H11" s="185"/>
+      <c r="I11" s="185"/>
+      <c r="J11" s="185"/>
+      <c r="K11" s="186"/>
       <c r="L11" t="s">
         <v>15</v>
       </c>
       <c r="M11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="184"/>
-[...3 lines deleted...]
-      <c r="E12" s="187" t="s">
+      <c r="A12" s="173"/>
+      <c r="B12" s="173"/>
+      <c r="C12" s="175"/>
+      <c r="D12" s="173"/>
+      <c r="E12" s="176" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="189" t="s">
+      <c r="F12" s="178" t="s">
         <v>2</v>
       </c>
-      <c r="G12" s="191" t="s">
+      <c r="G12" s="179" t="s">
         <v>1</v>
       </c>
-      <c r="H12" s="209" t="s">
+      <c r="H12" s="147" t="s">
         <v>9</v>
       </c>
-      <c r="I12" s="201" t="s">
+      <c r="I12" s="189" t="s">
         <v>10</v>
       </c>
-      <c r="J12" s="202" t="s">
+      <c r="J12" s="190" t="s">
         <v>11</v>
       </c>
-      <c r="K12" s="199" t="s">
+      <c r="K12" s="187" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="184"/>
-[...17 lines deleted...]
-      <c r="W13" s="4"/>
+      <c r="A13" s="173"/>
+      <c r="B13" s="173"/>
+      <c r="C13" s="175"/>
+      <c r="D13" s="173"/>
+      <c r="E13" s="177"/>
+      <c r="F13" s="148"/>
+      <c r="G13" s="148"/>
+      <c r="H13" s="148"/>
+      <c r="I13" s="148"/>
+      <c r="J13" s="191"/>
+      <c r="K13" s="188"/>
+      <c r="P13" s="3"/>
+      <c r="Q13" s="3"/>
+      <c r="R13" s="3"/>
+      <c r="S13" s="3"/>
+      <c r="T13" s="3"/>
+      <c r="U13" s="3"/>
+      <c r="V13" s="3"/>
+      <c r="W13" s="3"/>
     </row>
     <row r="14" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="184"/>
-[...33 lines deleted...]
-      <c r="A15" s="214" t="s">
+      <c r="A14" s="173"/>
+      <c r="B14" s="173"/>
+      <c r="C14" s="175"/>
+      <c r="D14" s="173"/>
+      <c r="E14" s="177"/>
+      <c r="F14" s="148"/>
+      <c r="G14" s="148"/>
+      <c r="H14" s="148"/>
+      <c r="I14" s="148"/>
+      <c r="J14" s="191"/>
+      <c r="K14" s="188"/>
+      <c r="N14" s="5"/>
+      <c r="O14" s="5"/>
+      <c r="P14" s="58"/>
+      <c r="Q14" s="166"/>
+      <c r="R14" s="166"/>
+      <c r="S14" s="168"/>
+      <c r="T14" s="168"/>
+      <c r="U14" s="168"/>
+      <c r="V14" s="169"/>
+      <c r="W14" s="166"/>
+      <c r="X14" s="5"/>
+      <c r="Y14" s="5"/>
+      <c r="Z14" s="5"/>
+      <c r="AA14" s="5"/>
+      <c r="AB14" s="4"/>
+      <c r="AC14" s="4"/>
+      <c r="AD14" s="4"/>
+      <c r="AE14" s="4"/>
+      <c r="AF14" s="4"/>
+      <c r="AG14" s="4"/>
+      <c r="AH14" s="4"/>
+    </row>
+    <row r="15" spans="1:34" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="155" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="54" t="s">
+      <c r="B15" s="62" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="158" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="63" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I15" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J15" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="K15" s="66" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="67">
+        <v>42732</v>
+      </c>
+      <c r="M15" s="68">
+        <v>42744</v>
+      </c>
+      <c r="P15" s="59"/>
+      <c r="Q15" s="167"/>
+      <c r="R15" s="167"/>
+      <c r="S15" s="167"/>
+      <c r="T15" s="167"/>
+      <c r="U15" s="167"/>
+      <c r="V15" s="167"/>
+      <c r="W15" s="167"/>
+    </row>
+    <row r="16" spans="1:34" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="155"/>
+      <c r="B16" s="62" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="159"/>
+      <c r="D16" s="69" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="K16" s="66" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="155"/>
+      <c r="B17" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="159"/>
+      <c r="D17" s="72" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" s="73"/>
+      <c r="F17" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="74" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="75" t="s">
+        <v>21</v>
+      </c>
+      <c r="K17" s="76" t="s">
+        <v>17</v>
+      </c>
+      <c r="N17" s="60"/>
+    </row>
+    <row r="18" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="155"/>
+      <c r="B18" s="44"/>
+      <c r="C18" s="159"/>
+      <c r="D18" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" s="70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="J18" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="K18" s="66" t="s">
+        <v>4</v>
+      </c>
+      <c r="N18" s="60"/>
+    </row>
+    <row r="19" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="155"/>
+      <c r="B19" s="44"/>
+      <c r="C19" s="159"/>
+      <c r="D19" s="72" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" s="70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="J19" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="K19" s="66" t="s">
+        <v>4</v>
+      </c>
+      <c r="N19" s="60"/>
+    </row>
+    <row r="20" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="149" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="152" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" s="78" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" s="45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="14"/>
+      <c r="G20" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I20" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J20" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="K20" s="79" t="s">
+        <v>4</v>
+      </c>
+      <c r="N20" s="60"/>
+    </row>
+    <row r="21" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="150"/>
+      <c r="B21" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="153"/>
+      <c r="D21" s="80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="15"/>
+      <c r="G21" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I21" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K21" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N21" s="60"/>
+    </row>
+    <row r="22" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="150"/>
+      <c r="B22" s="44" t="s">
+        <v>70</v>
+      </c>
+      <c r="C22" s="153"/>
+      <c r="D22" s="80" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="15"/>
+      <c r="G22" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I22" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J22" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K22" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N22" s="60"/>
+    </row>
+    <row r="23" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="156"/>
+      <c r="B23" s="44"/>
+      <c r="C23" s="153"/>
+      <c r="D23" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="15"/>
+      <c r="G23" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I23" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J23" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K23" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N23" s="60"/>
+    </row>
+    <row r="24" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="156"/>
+      <c r="B24" s="44"/>
+      <c r="C24" s="153"/>
+      <c r="D24" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" s="15"/>
+      <c r="G24" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I24" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J24" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K24" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N24" s="60"/>
+    </row>
+    <row r="25" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="156"/>
+      <c r="B25" s="44"/>
+      <c r="C25" s="153"/>
+      <c r="D25" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="15"/>
+      <c r="G25" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I25" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J25" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K25" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N25" s="60"/>
+    </row>
+    <row r="26" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="156"/>
+      <c r="B26" s="44"/>
+      <c r="C26" s="153"/>
+      <c r="D26" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="15"/>
+      <c r="G26" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I26" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K26" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="N26" s="60"/>
+    </row>
+    <row r="27" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="157"/>
+      <c r="B27" s="44"/>
+      <c r="C27" s="154"/>
+      <c r="D27" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="215" t="s">
-[...20 lines deleted...]
-      <c r="J15" s="57" t="s">
+      <c r="E27" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" s="16"/>
+      <c r="G27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I27" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J27" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="K27" s="82" t="s">
+        <v>4</v>
+      </c>
+      <c r="N27" s="60"/>
+    </row>
+    <row r="28" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="160" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="77" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="163" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28" s="83" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I28" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J28" s="85" t="s">
         <v>21</v>
       </c>
-      <c r="K15" s="58" t="s">
+      <c r="K28" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="N28" s="192"/>
+      <c r="O28" s="192"/>
+      <c r="P28" s="192"/>
+    </row>
+    <row r="29" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="161"/>
+      <c r="B29" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="164"/>
+      <c r="D29" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" s="86"/>
+      <c r="F29" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I29" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J29" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K29" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N29" s="60"/>
+      <c r="O29" s="60"/>
+      <c r="P29" s="60"/>
+    </row>
+    <row r="30" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="161"/>
+      <c r="B30" s="44" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="164"/>
+      <c r="D30" s="69" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" s="86"/>
+      <c r="F30" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I30" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J30" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K30" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N30" s="60"/>
+      <c r="O30" s="60"/>
+      <c r="P30" s="60"/>
+    </row>
+    <row r="31" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="161"/>
+      <c r="B31" s="44"/>
+      <c r="C31" s="164"/>
+      <c r="D31" s="69" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" s="86"/>
+      <c r="F31" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I31" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J31" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K31" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="60"/>
+      <c r="O31" s="60"/>
+      <c r="P31" s="60"/>
+    </row>
+    <row r="32" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="162"/>
+      <c r="B32" s="8"/>
+      <c r="C32" s="165"/>
+      <c r="D32" s="88" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" s="119"/>
+      <c r="F32" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I32" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J32" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="K32" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="N32" s="60"/>
+      <c r="O32" s="60"/>
+      <c r="P32" s="60"/>
+    </row>
+    <row r="33" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="150" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="145" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="159" t="s">
+        <v>37</v>
+      </c>
+      <c r="D33" s="90"/>
+      <c r="E33" s="91"/>
+      <c r="F33" s="92"/>
+      <c r="G33" s="18"/>
+      <c r="H33" s="18"/>
+      <c r="I33" s="23"/>
+      <c r="J33" s="25"/>
+      <c r="K33" s="22"/>
+      <c r="N33" s="60"/>
+    </row>
+    <row r="34" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="156"/>
+      <c r="B34" s="145" t="s">
+        <v>35</v>
+      </c>
+      <c r="C34" s="159"/>
+      <c r="D34" s="90" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" s="10"/>
+      <c r="F34" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="93"/>
+      <c r="H34" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I34" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J34" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="K34" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="N34" s="192"/>
+      <c r="O34" s="192"/>
+      <c r="P34" s="192"/>
+    </row>
+    <row r="35" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="156"/>
+      <c r="B35" s="146" t="s">
+        <v>36</v>
+      </c>
+      <c r="C35" s="159"/>
+      <c r="D35" s="94"/>
+      <c r="E35" s="89"/>
+      <c r="F35" s="38"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="38"/>
+      <c r="I35" s="39"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="39"/>
+      <c r="N35" s="60"/>
+    </row>
+    <row r="36" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="149" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="77" t="s">
+        <v>46</v>
+      </c>
+      <c r="C36" s="152" t="s">
+        <v>73</v>
+      </c>
+      <c r="D36" s="141" t="s">
+        <v>49</v>
+      </c>
+      <c r="E36" s="45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="14"/>
+      <c r="G36" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I36" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J36" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="K36" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="L15" s="5">
-[...20 lines deleted...]
-      <c r="D16" s="115" t="s">
+      <c r="N36" s="192"/>
+      <c r="O36" s="192"/>
+      <c r="P36" s="192"/>
+    </row>
+    <row r="37" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="150"/>
+      <c r="B37" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" s="153"/>
+      <c r="D37" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="15"/>
+      <c r="G37" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I37" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J37" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K37" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N37" s="60"/>
+    </row>
+    <row r="38" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="150"/>
+      <c r="B38" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="153"/>
+      <c r="D38" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="15"/>
+      <c r="G38" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I38" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J38" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K38" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="N38" s="60"/>
+    </row>
+    <row r="39" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="150"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="153"/>
+      <c r="D39" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="15"/>
+      <c r="G39" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I39" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J39" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K39" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N39" s="60"/>
+    </row>
+    <row r="40" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="150"/>
+      <c r="B40" s="11"/>
+      <c r="C40" s="153"/>
+      <c r="D40" s="47" t="s">
+        <v>38</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="15"/>
+      <c r="G40" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I40" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J40" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K40" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="N40" s="60"/>
+    </row>
+    <row r="41" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="150"/>
+      <c r="B41" s="44"/>
+      <c r="C41" s="153"/>
+      <c r="D41" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="15"/>
+      <c r="G41" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I41" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J41" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K41" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="N41" s="60"/>
+    </row>
+    <row r="42" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="151"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="154"/>
+      <c r="D42" s="142" t="s">
+        <v>29</v>
+      </c>
+      <c r="E42" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="16"/>
+      <c r="G42" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I42" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J42" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="K42" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="N42" s="60"/>
+    </row>
+    <row r="43" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="149" t="s">
+        <v>116</v>
+      </c>
+      <c r="B43" s="77" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="152" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" s="116" t="s">
+        <v>119</v>
+      </c>
+      <c r="E43" s="45"/>
+      <c r="F43" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="17"/>
+      <c r="H43" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J43" s="143">
+        <v>1000000</v>
+      </c>
+      <c r="K43" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="N43" s="126"/>
+    </row>
+    <row r="44" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="150"/>
+      <c r="B44" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="153"/>
+      <c r="D44" s="117" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" s="10"/>
+      <c r="F44" s="86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I44" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J44" s="144">
+        <v>1000000</v>
+      </c>
+      <c r="K44" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="N44" s="126"/>
+    </row>
+    <row r="45" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="151"/>
+      <c r="B45" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" s="154"/>
+      <c r="D45" s="118"/>
+      <c r="E45" s="12"/>
+      <c r="F45" s="119"/>
+      <c r="G45" s="6"/>
+      <c r="H45" s="6"/>
+      <c r="I45" s="24"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="37"/>
+      <c r="N45" s="126"/>
+    </row>
+    <row r="46" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="149" t="s">
+        <v>86</v>
+      </c>
+      <c r="B46" s="115" t="s">
+        <v>93</v>
+      </c>
+      <c r="C46" s="131"/>
+      <c r="D46" s="116"/>
+      <c r="E46" s="45"/>
+      <c r="F46" s="84"/>
+      <c r="G46" s="17"/>
+      <c r="H46" s="17"/>
+      <c r="I46" s="20"/>
+      <c r="J46" s="45"/>
+      <c r="K46" s="21"/>
+      <c r="N46" s="61"/>
+    </row>
+    <row r="47" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="150"/>
+      <c r="B47" s="44" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" s="132" t="s">
+        <v>88</v>
+      </c>
+      <c r="D47" s="117" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I47" s="23"/>
+      <c r="J47" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K47" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="N47" s="61"/>
+    </row>
+    <row r="48" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="151"/>
+      <c r="B48" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" s="133"/>
+      <c r="D48" s="118" t="s">
+        <v>92</v>
+      </c>
+      <c r="E48" s="12"/>
+      <c r="F48" s="119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I48" s="24"/>
+      <c r="J48" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K48" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="N48" s="61"/>
+    </row>
+    <row r="49" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="149" t="s">
+        <v>109</v>
+      </c>
+      <c r="B49" s="134" t="s">
+        <v>110</v>
+      </c>
+      <c r="C49" s="152" t="s">
+        <v>111</v>
+      </c>
+      <c r="D49" s="135" t="s">
+        <v>112</v>
+      </c>
+      <c r="E49" s="45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="17"/>
+      <c r="H49" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I49" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="J49" s="137" t="s">
+        <v>113</v>
+      </c>
+      <c r="K49" s="138" t="s">
+        <v>4</v>
+      </c>
+      <c r="N49" s="121"/>
+    </row>
+    <row r="50" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="156"/>
+      <c r="B50" s="46" t="s">
+        <v>114</v>
+      </c>
+      <c r="C50" s="153"/>
+      <c r="D50" s="87" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="10"/>
+      <c r="F50" s="139" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="18"/>
+      <c r="H50" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I50" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="J50" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="K50" s="140" t="s">
+        <v>17</v>
+      </c>
+      <c r="N50" s="121"/>
+    </row>
+    <row r="51" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="157"/>
+      <c r="B51" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="C51" s="154"/>
+      <c r="D51" s="88"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="38"/>
+      <c r="G51" s="6"/>
+      <c r="H51" s="6"/>
+      <c r="I51" s="6"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="39"/>
+      <c r="N51" s="121"/>
+    </row>
+    <row r="52" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="193" t="s">
+        <v>76</v>
+      </c>
+      <c r="B52" s="95" t="s">
         <v>40</v>
       </c>
-      <c r="E16" s="59" t="s">
-[...14 lines deleted...]
-      <c r="J16" s="57" t="s">
+      <c r="C52" s="196" t="s">
+        <v>43</v>
+      </c>
+      <c r="D52" s="96" t="s">
+        <v>84</v>
+      </c>
+      <c r="E52" s="97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I52" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J52" s="85" t="s">
         <v>21</v>
       </c>
-      <c r="K16" s="58" t="s">
+      <c r="K52" s="99" t="s">
         <v>4</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B17" s="61" t="s">
+      <c r="L52" s="60"/>
+    </row>
+    <row r="53" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="194"/>
+      <c r="B53" s="100" t="s">
+        <v>41</v>
+      </c>
+      <c r="C53" s="197"/>
+      <c r="D53" s="101" t="s">
+        <v>85</v>
+      </c>
+      <c r="E53" s="102"/>
+      <c r="F53" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I53" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J53" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K53" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="L53" s="60"/>
+    </row>
+    <row r="54" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="194"/>
+      <c r="B54" s="44" t="s">
+        <v>42</v>
+      </c>
+      <c r="C54" s="197"/>
+      <c r="D54" s="101" t="s">
+        <v>64</v>
+      </c>
+      <c r="E54" s="103"/>
+      <c r="F54" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I54" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J54" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K54" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="L54" s="60"/>
+    </row>
+    <row r="55" spans="1:60" s="105" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="195"/>
+      <c r="B55" s="8"/>
+      <c r="C55" s="198"/>
+      <c r="D55" s="120" t="s">
+        <v>44</v>
+      </c>
+      <c r="E55" s="104"/>
+      <c r="F55" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I55" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J55" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="K55" s="56" t="s">
+        <v>4</v>
+      </c>
+      <c r="N55" s="60"/>
+      <c r="O55" s="60"/>
+      <c r="P55" s="60"/>
+      <c r="Q55" s="60"/>
+      <c r="R55" s="60"/>
+      <c r="S55" s="60"/>
+      <c r="T55" s="60"/>
+      <c r="U55" s="60"/>
+      <c r="V55" s="60"/>
+      <c r="W55" s="60"/>
+      <c r="X55" s="60"/>
+      <c r="Y55" s="60"/>
+      <c r="Z55" s="60"/>
+      <c r="AA55" s="60"/>
+      <c r="AB55" s="60"/>
+      <c r="AC55" s="60"/>
+      <c r="AD55" s="60"/>
+      <c r="AE55" s="60"/>
+      <c r="AF55" s="60"/>
+      <c r="AG55" s="60"/>
+      <c r="AH55" s="60"/>
+      <c r="AI55" s="60"/>
+      <c r="AJ55" s="60"/>
+      <c r="AK55" s="60"/>
+      <c r="AL55" s="60"/>
+      <c r="AM55" s="60"/>
+      <c r="AN55" s="60"/>
+      <c r="AO55" s="60"/>
+      <c r="AP55" s="60"/>
+      <c r="AQ55" s="60"/>
+      <c r="AR55" s="60"/>
+      <c r="AS55" s="60"/>
+      <c r="AT55" s="60"/>
+      <c r="AU55" s="60"/>
+      <c r="AV55" s="60"/>
+      <c r="AW55" s="60"/>
+      <c r="AX55" s="60"/>
+      <c r="AY55" s="60"/>
+      <c r="AZ55" s="60"/>
+      <c r="BA55" s="60"/>
+      <c r="BB55" s="60"/>
+      <c r="BC55" s="60"/>
+      <c r="BD55" s="60"/>
+      <c r="BE55" s="60"/>
+      <c r="BF55" s="60"/>
+      <c r="BG55" s="60"/>
+      <c r="BH55" s="60"/>
+    </row>
+    <row r="56" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="193" t="s">
+        <v>94</v>
+      </c>
+      <c r="B56" s="122" t="s">
+        <v>95</v>
+      </c>
+      <c r="C56" s="131" t="s">
         <v>96</v>
       </c>
-      <c r="C17" s="180"/>
-[...16 lines deleted...]
-      <c r="J17" s="65" t="s">
+      <c r="D56" s="96" t="s">
+        <v>97</v>
+      </c>
+      <c r="E56" s="97"/>
+      <c r="F56" s="98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I56" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J56" s="85" t="s">
         <v>21</v>
       </c>
-      <c r="K17" s="66" t="s">
-[...8 lines deleted...]
-      <c r="D18" s="62" t="s">
+      <c r="K56" s="99" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="194"/>
+      <c r="B57" s="123" t="s">
+        <v>98</v>
+      </c>
+      <c r="C57" s="132" t="s">
+        <v>99</v>
+      </c>
+      <c r="D57" s="101" t="s">
+        <v>103</v>
+      </c>
+      <c r="E57" s="103"/>
+      <c r="F57" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I57" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J57" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K57" s="49" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="58" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="194"/>
+      <c r="B58" s="123" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" s="132"/>
+      <c r="D58" s="101"/>
+      <c r="E58" s="103"/>
+      <c r="F58" s="48"/>
+      <c r="G58" s="18"/>
+      <c r="H58" s="18"/>
+      <c r="I58" s="13"/>
+      <c r="J58" s="25"/>
+      <c r="K58" s="49"/>
+    </row>
+    <row r="59" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="194"/>
+      <c r="B59" s="123" t="s">
         <v>41</v>
       </c>
-      <c r="E18" s="59" t="s">
-[...14 lines deleted...]
-      <c r="J18" s="57" t="s">
+      <c r="C59" s="132" t="s">
+        <v>101</v>
+      </c>
+      <c r="D59" s="101"/>
+      <c r="E59" s="103"/>
+      <c r="F59" s="48"/>
+      <c r="G59" s="18"/>
+      <c r="H59" s="18"/>
+      <c r="I59" s="13"/>
+      <c r="J59" s="25"/>
+      <c r="K59" s="49"/>
+    </row>
+    <row r="60" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="195"/>
+      <c r="B60" s="124" t="s">
+        <v>102</v>
+      </c>
+      <c r="C60" s="133"/>
+      <c r="D60" s="120"/>
+      <c r="E60" s="104"/>
+      <c r="F60" s="50"/>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
+      <c r="I60" s="125"/>
+      <c r="J60" s="27"/>
+      <c r="K60" s="56"/>
+    </row>
+    <row r="61" spans="1:60" s="114" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="193" t="s">
+        <v>104</v>
+      </c>
+      <c r="B61" s="123" t="s">
+        <v>105</v>
+      </c>
+      <c r="C61" s="132"/>
+      <c r="D61" s="127" t="s">
+        <v>60</v>
+      </c>
+      <c r="E61" s="128"/>
+      <c r="F61" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I61" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J61" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K18" s="58" t="s">
-[...26 lines deleted...]
-      <c r="J19" s="57" t="s">
+      <c r="K61" s="49" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="62" spans="1:60" s="114" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="194"/>
+      <c r="B62" s="123" t="s">
+        <v>106</v>
+      </c>
+      <c r="C62" s="132" t="s">
+        <v>108</v>
+      </c>
+      <c r="D62" s="129" t="s">
+        <v>61</v>
+      </c>
+      <c r="E62" s="128"/>
+      <c r="F62" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I62" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J62" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K19" s="58" t="s">
-[...5 lines deleted...]
-      <c r="A20" s="168" t="s">
+      <c r="K62" s="49" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:60" s="114" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="194"/>
+      <c r="B63" s="130" t="s">
+        <v>107</v>
+      </c>
+      <c r="C63" s="132"/>
+      <c r="D63" s="129"/>
+      <c r="E63" s="128"/>
+      <c r="F63" s="48"/>
+      <c r="G63" s="18"/>
+      <c r="H63" s="18"/>
+      <c r="I63" s="13"/>
+      <c r="J63" s="25"/>
+      <c r="K63" s="49"/>
+    </row>
+    <row r="64" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="149" t="s">
+        <v>83</v>
+      </c>
+      <c r="B64" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="B20" s="17" t="s">
+      <c r="C64" s="152" t="s">
+        <v>67</v>
+      </c>
+      <c r="D64" s="106" t="s">
+        <v>68</v>
+      </c>
+      <c r="E64" s="107"/>
+      <c r="F64" s="107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I64" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J64" s="85" t="s">
+        <v>21</v>
+      </c>
+      <c r="K64" s="108" t="s">
+        <v>31</v>
+      </c>
+      <c r="L64" s="60"/>
+    </row>
+    <row r="65" spans="1:14" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="150"/>
+      <c r="B65" s="11" t="s">
         <v>66</v>
       </c>
-      <c r="C20" s="171" t="s">
-[...32 lines deleted...]
-      <c r="D21" s="68" t="s">
+      <c r="C65" s="153"/>
+      <c r="D65" s="109" t="s">
         <v>74</v>
       </c>
-      <c r="E21" s="13" t="s">
-[...110 lines deleted...]
-      <c r="D25" s="23" t="s">
+      <c r="E65" s="91"/>
+      <c r="F65" s="91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I65" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J65" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="K65" s="110" t="s">
+        <v>31</v>
+      </c>
+      <c r="L65" s="60"/>
+    </row>
+    <row r="66" spans="1:14" s="9" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="151"/>
+      <c r="B66" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C66" s="154"/>
+      <c r="D66" s="111" t="s">
         <v>71</v>
       </c>
-      <c r="E25" s="13" t="s">
-[...104 lines deleted...]
-      <c r="J28" s="29" t="s">
+      <c r="E66" s="89"/>
+      <c r="F66" s="89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I66" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J66" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="K28" s="25" t="s">
-[...74 lines deleted...]
-      <c r="D31" s="162" t="s">
+      <c r="K66" s="112" t="s">
         <v>31</v>
       </c>
-      <c r="E31" s="102"/>
-[...1311 lines deleted...]
-      <c r="K88" s="33"/>
+      <c r="L66" s="60"/>
+    </row>
+    <row r="67" spans="1:14" s="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="31"/>
+      <c r="B67" s="36"/>
+      <c r="C67" s="40"/>
+      <c r="D67" s="32"/>
+      <c r="E67" s="35"/>
+      <c r="F67" s="35"/>
+      <c r="G67" s="13"/>
+      <c r="H67" s="13"/>
+      <c r="I67" s="13"/>
+      <c r="J67" s="54"/>
+      <c r="K67" s="35"/>
+      <c r="L67" s="3"/>
+    </row>
+    <row r="68" spans="1:14" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="31"/>
+      <c r="B68" s="36"/>
+      <c r="C68" s="40"/>
+      <c r="D68" s="32"/>
+      <c r="E68" s="35"/>
+      <c r="F68" s="35"/>
+      <c r="G68" s="13"/>
+      <c r="H68" s="13"/>
+      <c r="I68" s="13"/>
+      <c r="J68" s="54"/>
+      <c r="K68" s="35"/>
+      <c r="L68" s="3"/>
+    </row>
+    <row r="69" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="35"/>
+      <c r="B69" s="36"/>
+      <c r="C69" s="40"/>
+      <c r="D69" s="32"/>
+      <c r="E69" s="33"/>
+      <c r="F69" s="35"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="13"/>
+      <c r="I69" s="13"/>
+      <c r="J69" s="34"/>
+      <c r="K69" s="35"/>
+      <c r="L69" s="3"/>
+    </row>
+    <row r="74" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D74" s="29"/>
+      <c r="E74" s="28"/>
+      <c r="F74" s="28"/>
+      <c r="G74" s="13"/>
+      <c r="H74" s="13"/>
+      <c r="I74" s="13"/>
+      <c r="J74" s="28"/>
+      <c r="K74" s="28"/>
+    </row>
+    <row r="75" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D75" s="31"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="28"/>
+      <c r="K75" s="28"/>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D76" s="29"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="13"/>
+      <c r="H76" s="13"/>
+      <c r="I76" s="13"/>
+      <c r="J76" s="28"/>
+      <c r="K76" s="28"/>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D77" s="32"/>
+      <c r="E77" s="28"/>
+      <c r="F77" s="28"/>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
+      <c r="I77" s="13"/>
+      <c r="J77" s="28"/>
+      <c r="K77" s="28"/>
+      <c r="L77" s="9"/>
+      <c r="M77" s="9"/>
+      <c r="N77" s="9"/>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D78" s="29"/>
+      <c r="E78" s="28"/>
+      <c r="F78" s="28"/>
+      <c r="G78" s="13"/>
+      <c r="H78" s="13"/>
+      <c r="I78" s="13"/>
+      <c r="J78" s="28"/>
+      <c r="K78" s="28"/>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D79" s="29"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="13"/>
+      <c r="H79" s="13"/>
+      <c r="I79" s="13"/>
+      <c r="J79" s="28"/>
+      <c r="K79" s="28"/>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="D80" s="29"/>
+      <c r="E80" s="28"/>
+      <c r="F80" s="28"/>
+      <c r="G80" s="13"/>
+      <c r="H80" s="13"/>
+      <c r="I80" s="13"/>
+      <c r="J80" s="28"/>
+      <c r="K80" s="28"/>
+    </row>
+    <row r="81" spans="4:11" x14ac:dyDescent="0.25">
+      <c r="D81" s="29"/>
+      <c r="E81" s="28"/>
+      <c r="F81" s="28"/>
+      <c r="G81" s="13"/>
+      <c r="H81" s="13"/>
+      <c r="I81" s="13"/>
+      <c r="J81" s="28"/>
+      <c r="K81" s="28"/>
+    </row>
+    <row r="82" spans="4:11" x14ac:dyDescent="0.25">
+      <c r="D82" s="3"/>
+      <c r="E82" s="30"/>
+      <c r="F82" s="30"/>
+      <c r="G82" s="30"/>
+      <c r="H82" s="30"/>
+      <c r="I82" s="30"/>
+      <c r="J82" s="30"/>
+      <c r="K82" s="30"/>
+    </row>
+    <row r="83" spans="4:11" x14ac:dyDescent="0.25">
+      <c r="D83" s="29"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="28"/>
+      <c r="G83" s="13"/>
+      <c r="H83" s="13"/>
+      <c r="I83" s="13"/>
+      <c r="J83" s="28"/>
+      <c r="K83" s="28"/>
     </row>
   </sheetData>
-  <mergeCells count="50">
-[...17 lines deleted...]
-    <mergeCell ref="V14:V15"/>
+  <mergeCells count="48">
+    <mergeCell ref="N28:P28"/>
+    <mergeCell ref="A64:A66"/>
+    <mergeCell ref="C64:C66"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="C52:C55"/>
+    <mergeCell ref="N34:P34"/>
+    <mergeCell ref="A33:A35"/>
+    <mergeCell ref="C33:C35"/>
+    <mergeCell ref="A46:A48"/>
+    <mergeCell ref="A56:A60"/>
+    <mergeCell ref="A61:A63"/>
+    <mergeCell ref="A49:A51"/>
+    <mergeCell ref="C49:C51"/>
+    <mergeCell ref="A43:A45"/>
+    <mergeCell ref="C43:C45"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A10:A14"/>
     <mergeCell ref="B10:B14"/>
     <mergeCell ref="C10:C14"/>
     <mergeCell ref="D10:D14"/>
     <mergeCell ref="E12:E14"/>
     <mergeCell ref="F12:F14"/>
     <mergeCell ref="G12:G14"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="E10:K11"/>
     <mergeCell ref="K12:K14"/>
     <mergeCell ref="I12:I14"/>
     <mergeCell ref="J12:J14"/>
-    <mergeCell ref="C63:C66"/>
-[...14 lines deleted...]
-    <mergeCell ref="A63:A66"/>
+    <mergeCell ref="W14:W15"/>
+    <mergeCell ref="S14:S15"/>
+    <mergeCell ref="T14:T15"/>
+    <mergeCell ref="U14:U15"/>
+    <mergeCell ref="Q14:Q15"/>
+    <mergeCell ref="R14:R15"/>
+    <mergeCell ref="V14:V15"/>
+    <mergeCell ref="H12:H14"/>
+    <mergeCell ref="A36:A42"/>
+    <mergeCell ref="C36:C42"/>
+    <mergeCell ref="A15:A19"/>
+    <mergeCell ref="A20:A27"/>
+    <mergeCell ref="C20:C27"/>
+    <mergeCell ref="C15:C19"/>
+    <mergeCell ref="A28:A32"/>
+    <mergeCell ref="C28:C32"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B53" r:id="rId1" xr:uid="{77B34761-4606-493E-A9C5-44B8C263CA25}"/>
-[...10 lines deleted...]
-    <hyperlink ref="B65" r:id="rId12" xr:uid="{C87A7041-B43D-4046-81A4-4403E4682D04}"/>
+    <hyperlink ref="B35" r:id="rId1" xr:uid="{B223DF24-5009-4A80-A1BB-730AB9C01C22}"/>
+    <hyperlink ref="B54" r:id="rId2" xr:uid="{06732F04-C99B-472B-9638-996FA9CB2778}"/>
+    <hyperlink ref="B38" r:id="rId3" xr:uid="{F7FEAAAE-F564-4612-9B6B-CAF6115C08F0}"/>
+    <hyperlink ref="B22" r:id="rId4" xr:uid="{A46457C6-7D92-47CA-B842-1738C839BBFA}"/>
+    <hyperlink ref="B17" r:id="rId5" xr:uid="{0DB99DB6-D1B1-4C03-9036-5B7CD7D36DB6}"/>
+    <hyperlink ref="B30" r:id="rId6" xr:uid="{44CB8C01-7CF2-4E1C-96E8-8F75AC3E9914}"/>
+    <hyperlink ref="B66" r:id="rId7" xr:uid="{8CA49F24-A4D8-4A6F-A9BA-75537915A5C8}"/>
+    <hyperlink ref="B60" r:id="rId8" xr:uid="{E51574A7-A228-479E-A4E2-C43AE62627D7}"/>
+    <hyperlink ref="B63" r:id="rId9" xr:uid="{0DABEC8B-0AF8-41B4-B1B4-5372A32AC710}"/>
+    <hyperlink ref="B51" r:id="rId10" xr:uid="{F426227D-1764-4611-AD6F-1E3FB1E44813}"/>
   </hyperlinks>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="73" fitToHeight="2" orientation="landscape" r:id="rId13"/>
-[...2 lines deleted...]
-    <brk id="53" max="16383" man="1"/>
+  <pageSetup scale="73" fitToHeight="2" orientation="landscape" r:id="rId11"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="51" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>