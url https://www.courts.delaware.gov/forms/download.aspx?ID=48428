--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -5,78 +5,78 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Bail Bond Companies\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{951887B1-A15F-4A7E-B6FD-FA5B858CFEB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1BC7B15A-1251-4637-9DA7-BEAEA52A3B77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="TwhRf5DjRvqzynIuQD3lc11FJRjJ3hFEShtAbHORXqnjc0n4YR/Z8KVWJrzr/0RJxs7CRBX1b5EHZMmx0KIiKQ==" workbookSaltValue="k/Z8HKB0oh0YBFtBwx3Spg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="1980" yWindow="1395" windowWidth="18000" windowHeight="9270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="APPROVED BAIL COMPANIES" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'APPROVED BAIL COMPANIES'!$A$1:$K$66</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'APPROVED BAIL COMPANIES'!$A$1:$K$70</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'APPROVED BAIL COMPANIES'!$10:$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="131">
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>NCC</t>
   </si>
   <si>
     <t>Surety</t>
   </si>
   <si>
     <t xml:space="preserve">Harry J. Clark, Jr. </t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Telephone 
 Number</t>
   </si>
   <si>
     <t>Registered   Agents</t>
   </si>
@@ -185,53 +185,50 @@
   <si>
     <t>lyonsbailbonds@gmail.com</t>
   </si>
   <si>
     <t>(302) 766-7100</t>
   </si>
   <si>
     <t>Larry Robinson</t>
   </si>
   <si>
     <t>American Funding Services Corporation</t>
   </si>
   <si>
     <t>2062 New Castle Avenue, Suite A</t>
   </si>
   <si>
     <t>New Castle, DE 19720</t>
   </si>
   <si>
     <t>afscorp@hotmail.com</t>
   </si>
   <si>
     <t>Kenneth Moye</t>
   </si>
   <si>
-    <t>Dwayne Breeding</t>
-[...1 lines deleted...]
-  <si>
     <t>Alexander Moye</t>
   </si>
   <si>
     <t>A &amp; E Bail Bonds, Inc.</t>
   </si>
   <si>
     <t>32369 Long Neck Road, Unit 13A</t>
   </si>
   <si>
     <t>Millsboro, DE 19966</t>
   </si>
   <si>
     <t>(302) 476-8165</t>
   </si>
   <si>
     <t>Richard J. Kotowski, Jr.</t>
   </si>
   <si>
     <t>Jamie R. Kotowski</t>
   </si>
   <si>
     <t>Larry D. Robinson</t>
   </si>
   <si>
     <t>Andrea Swan</t>
@@ -383,86 +380,107 @@
   <si>
     <t>(302) 703-9493</t>
   </si>
   <si>
     <t>Dale's Bail Bonds, LLC</t>
   </si>
   <si>
     <t>11 E. Market Street, Suite #1</t>
   </si>
   <si>
     <t>(302) 856-7214</t>
   </si>
   <si>
     <t>Kevin C. Hamilton</t>
   </si>
   <si>
     <t>$500, 000</t>
   </si>
   <si>
     <t>Georgetown, DE 19947</t>
   </si>
   <si>
     <t>DalesBailBonds@Gmail.com</t>
   </si>
   <si>
-    <t>Axe Bail Bonds</t>
-[...8 lines deleted...]
-    <t>Dwayne Aubrey Breeding</t>
+    <t>8 Cymbal Court</t>
+  </si>
+  <si>
+    <t>(302) 981-9223</t>
+  </si>
+  <si>
+    <t>Simone Harris</t>
+  </si>
+  <si>
+    <t>Newark, DE 19720</t>
+  </si>
+  <si>
+    <t>away2freedom302@gmail.com</t>
+  </si>
+  <si>
+    <t>A Way To Freedom Bail Bonds, LLC</t>
+  </si>
+  <si>
+    <t>8 E Clarke Avnue</t>
+  </si>
+  <si>
+    <t>Authorized Bail Bond Entities as of 03/26/2026</t>
+  </si>
+  <si>
+    <t>* Only posting cash bail!</t>
+  </si>
+  <si>
+    <t>National Covert Investigation Agency, LLC</t>
+  </si>
+  <si>
+    <t>124 Fernwood Drive</t>
+  </si>
+  <si>
+    <t>302-786-2444</t>
+  </si>
+  <si>
+    <t>James T. Fiore</t>
+  </si>
+  <si>
+    <t>jim@nciagency.net</t>
+  </si>
+  <si>
+    <t>302-682-1991</t>
   </si>
   <si>
     <t>Harrington, DE 19952</t>
-  </si>
-[...10 lines deleted...]
-    <t>18 SE Front Street, Suite 104</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Book Antiqua"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -539,50 +557,56 @@
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -914,51 +938,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="199">
+  <cellXfs count="258">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1042,85 +1066,81 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="6" fontId="13" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1212,213 +1232,393 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="13" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...70 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1447,56 +1647,51 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
@@ -1786,2074 +1981,2134 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majorbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afscorp@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thbailbondagencyllc@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyonsbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.maloney@comcast.net" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restobailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harryclark@icloud.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DalesBailBonds@Gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aebailbond.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oneuniquecall@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oneuniquecall@yahoo.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afscorp@hotmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thbailbondagencyllc@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@nciagency.net" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyonsbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelley.maloney@comcast.net" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:restobailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majorbailbonds@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harryclark@icloud.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:away2freedom302@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aebailbond.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DalesBailBonds@Gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BH83"/>
+  <dimension ref="A1:BH87"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P37" sqref="P37"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O63" sqref="O63"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="29.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.140625" style="42" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="29.88671875" customWidth="1"/>
+    <col min="2" max="2" width="36.109375" customWidth="1"/>
+    <col min="3" max="3" width="15.109375" style="42" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="23" customWidth="1"/>
-    <col min="5" max="6" width="3.85546875" style="1" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="11" width="6.7109375" style="1" customWidth="1"/>
+    <col min="5" max="6" width="3.88671875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.5546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="13.6640625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.5546875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="13.6640625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="6.6640625" style="1" customWidth="1"/>
     <col min="12" max="12" width="16" hidden="1" customWidth="1"/>
-    <col min="13" max="13" width="10.85546875" hidden="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="20" max="20" width="16.42578125" customWidth="1"/>
+    <col min="13" max="13" width="10.88671875" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="24.44140625" customWidth="1"/>
+    <col min="17" max="17" width="25.33203125" customWidth="1"/>
+    <col min="18" max="18" width="25.5546875" customWidth="1"/>
+    <col min="19" max="19" width="21.109375" customWidth="1"/>
+    <col min="20" max="20" width="16.44140625" customWidth="1"/>
     <col min="21" max="21" width="17" customWidth="1"/>
-    <col min="22" max="22" width="15.85546875" customWidth="1"/>
-    <col min="23" max="23" width="17.28515625" customWidth="1"/>
+    <col min="22" max="22" width="15.88671875" customWidth="1"/>
+    <col min="23" max="23" width="17.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...30 lines deleted...]
-      <c r="A3" s="171" t="s">
+    <row r="1" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="230" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="230"/>
+      <c r="C1" s="230"/>
+      <c r="D1" s="230"/>
+      <c r="E1" s="230"/>
+      <c r="F1" s="230"/>
+      <c r="G1" s="230"/>
+      <c r="H1" s="230"/>
+      <c r="I1" s="230"/>
+      <c r="J1" s="230"/>
+      <c r="K1" s="230"/>
+    </row>
+    <row r="2" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="231" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" s="231"/>
+      <c r="C2" s="231"/>
+      <c r="D2" s="231"/>
+      <c r="E2" s="231"/>
+      <c r="F2" s="231"/>
+      <c r="G2" s="231"/>
+      <c r="H2" s="231"/>
+      <c r="I2" s="231"/>
+      <c r="J2" s="231"/>
+      <c r="K2" s="231"/>
+    </row>
+    <row r="3" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="231" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="180"/>
-[...11 lines deleted...]
-      <c r="A4" s="181" t="s">
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
+      <c r="I3" s="240"/>
+      <c r="J3" s="240"/>
+      <c r="K3" s="240"/>
+    </row>
+    <row r="4" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="241" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="180"/>
-[...11 lines deleted...]
-      <c r="A5" s="182" t="s">
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="240"/>
+      <c r="J4" s="240"/>
+      <c r="K4" s="240"/>
+    </row>
+    <row r="5" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="242" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="180"/>
-[...10 lines deleted...]
-    <row r="6" spans="1:34" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="240"/>
+      <c r="C5" s="240"/>
+      <c r="D5" s="240"/>
+      <c r="E5" s="240"/>
+      <c r="F5" s="240"/>
+      <c r="G5" s="240"/>
+      <c r="H5" s="240"/>
+      <c r="I5" s="240"/>
+      <c r="J5" s="240"/>
+      <c r="K5" s="240"/>
+    </row>
+    <row r="6" spans="1:34" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="7"/>
-      <c r="B6" s="51"/>
-[...10 lines deleted...]
-    <row r="7" spans="1:34" s="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="50"/>
+      <c r="C6" s="50"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="50"/>
+      <c r="K6" s="50"/>
+    </row>
+    <row r="7" spans="1:34" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7"/>
-      <c r="B7" s="57"/>
-[...10 lines deleted...]
-    <row r="8" spans="1:34" s="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="56"/>
+      <c r="C7" s="56"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="56"/>
+      <c r="F7" s="56"/>
+      <c r="G7" s="56"/>
+      <c r="H7" s="56"/>
+      <c r="I7" s="56"/>
+      <c r="J7" s="56"/>
+      <c r="K7" s="56"/>
+    </row>
+    <row r="8" spans="1:34" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="7"/>
-      <c r="B8" s="57"/>
-[...10 lines deleted...]
-    <row r="9" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="56"/>
+      <c r="C8" s="56"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="56"/>
+      <c r="F8" s="56"/>
+      <c r="G8" s="56"/>
+      <c r="H8" s="56"/>
+      <c r="I8" s="56"/>
+      <c r="J8" s="56"/>
+      <c r="K8" s="56"/>
+    </row>
+    <row r="9" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="7"/>
       <c r="B9" s="26"/>
       <c r="C9" s="41"/>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="26"/>
       <c r="I9" s="26"/>
       <c r="J9" s="26"/>
       <c r="K9" s="26"/>
     </row>
-    <row r="10" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="172" t="s">
+    <row r="10" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="232" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="172" t="s">
+      <c r="B10" s="232" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="174" t="s">
+      <c r="C10" s="234" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="172" t="s">
+      <c r="D10" s="232" t="s">
         <v>7</v>
       </c>
-      <c r="E10" s="183" t="s">
+      <c r="E10" s="243" t="s">
         <v>24</v>
       </c>
-      <c r="F10" s="183"/>
-[...4 lines deleted...]
-      <c r="K10" s="184"/>
+      <c r="F10" s="243"/>
+      <c r="G10" s="243"/>
+      <c r="H10" s="243"/>
+      <c r="I10" s="243"/>
+      <c r="J10" s="243"/>
+      <c r="K10" s="244"/>
       <c r="O10" s="9"/>
     </row>
-    <row r="11" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K11" s="186"/>
+    <row r="11" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="233"/>
+      <c r="B11" s="233"/>
+      <c r="C11" s="235"/>
+      <c r="D11" s="233"/>
+      <c r="E11" s="245"/>
+      <c r="F11" s="245"/>
+      <c r="G11" s="245"/>
+      <c r="H11" s="245"/>
+      <c r="I11" s="245"/>
+      <c r="J11" s="245"/>
+      <c r="K11" s="246"/>
       <c r="L11" t="s">
         <v>15</v>
       </c>
       <c r="M11" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E12" s="176" t="s">
+    <row r="12" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="233"/>
+      <c r="B12" s="233"/>
+      <c r="C12" s="235"/>
+      <c r="D12" s="233"/>
+      <c r="E12" s="236" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="178" t="s">
+      <c r="F12" s="238" t="s">
         <v>2</v>
       </c>
-      <c r="G12" s="179" t="s">
+      <c r="G12" s="239" t="s">
         <v>1</v>
       </c>
-      <c r="H12" s="147" t="s">
+      <c r="H12" s="203" t="s">
         <v>9</v>
       </c>
-      <c r="I12" s="189" t="s">
+      <c r="I12" s="249" t="s">
         <v>10</v>
       </c>
-      <c r="J12" s="190" t="s">
+      <c r="J12" s="224" t="s">
         <v>11</v>
       </c>
-      <c r="K12" s="187" t="s">
+      <c r="K12" s="247" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K13" s="188"/>
+    <row r="13" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="233"/>
+      <c r="B13" s="233"/>
+      <c r="C13" s="235"/>
+      <c r="D13" s="233"/>
+      <c r="E13" s="237"/>
+      <c r="F13" s="204"/>
+      <c r="G13" s="204"/>
+      <c r="H13" s="204"/>
+      <c r="I13" s="204"/>
+      <c r="J13" s="225"/>
+      <c r="K13" s="248"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
     </row>
-    <row r="14" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K14" s="188"/>
+    <row r="14" spans="1:34" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="233"/>
+      <c r="B14" s="233"/>
+      <c r="C14" s="235"/>
+      <c r="D14" s="233"/>
+      <c r="E14" s="237"/>
+      <c r="F14" s="204"/>
+      <c r="G14" s="204"/>
+      <c r="H14" s="204"/>
+      <c r="I14" s="204"/>
+      <c r="J14" s="225"/>
+      <c r="K14" s="248"/>
       <c r="N14" s="5"/>
       <c r="O14" s="5"/>
-      <c r="P14" s="58"/>
-[...6 lines deleted...]
-      <c r="W14" s="166"/>
+      <c r="P14" s="57"/>
+      <c r="Q14" s="226"/>
+      <c r="R14" s="226"/>
+      <c r="S14" s="228"/>
+      <c r="T14" s="228"/>
+      <c r="U14" s="228"/>
+      <c r="V14" s="229"/>
+      <c r="W14" s="226"/>
       <c r="X14" s="5"/>
       <c r="Y14" s="5"/>
       <c r="Z14" s="5"/>
       <c r="AA14" s="5"/>
       <c r="AB14" s="4"/>
       <c r="AC14" s="4"/>
       <c r="AD14" s="4"/>
       <c r="AE14" s="4"/>
       <c r="AF14" s="4"/>
       <c r="AG14" s="4"/>
       <c r="AH14" s="4"/>
     </row>
-    <row r="15" spans="1:34" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="155" t="s">
+    <row r="15" spans="1:34" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="211" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="62" t="s">
+      <c r="B15" s="60" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="158" t="s">
+      <c r="C15" s="217" t="s">
         <v>14</v>
       </c>
-      <c r="D15" s="63" t="s">
+      <c r="D15" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="E15" s="64" t="s">
+      <c r="E15" s="62" t="s">
         <v>12</v>
       </c>
       <c r="F15" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="J15" s="65" t="s">
+      <c r="J15" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="K15" s="66" t="s">
+      <c r="K15" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="L15" s="67">
+      <c r="L15" s="65">
         <v>42732</v>
       </c>
-      <c r="M15" s="68">
+      <c r="M15" s="66">
         <v>42744</v>
       </c>
-      <c r="P15" s="59"/>
-[...14 lines deleted...]
-      <c r="D16" s="69" t="s">
+      <c r="P15" s="58"/>
+      <c r="Q15" s="227"/>
+      <c r="R15" s="227"/>
+      <c r="S15" s="227"/>
+      <c r="T15" s="227"/>
+      <c r="U15" s="227"/>
+      <c r="V15" s="227"/>
+      <c r="W15" s="227"/>
+    </row>
+    <row r="16" spans="1:34" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="211"/>
+      <c r="B16" s="60" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="209"/>
+      <c r="D16" s="67" t="s">
         <v>33</v>
       </c>
-      <c r="E16" s="70" t="s">
+      <c r="E16" s="68" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="G16" s="71" t="s">
+      <c r="G16" s="69" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="J16" s="65" t="s">
+      <c r="J16" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="K16" s="66" t="s">
+      <c r="K16" s="64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="17" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="155"/>
+    <row r="17" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="211"/>
       <c r="B17" s="44" t="s">
-        <v>72</v>
-[...18 lines deleted...]
-      <c r="J17" s="75" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="209"/>
+      <c r="D17" s="70" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" s="71"/>
+      <c r="F17" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="K17" s="76" t="s">
+      <c r="K17" s="74" t="s">
         <v>17</v>
       </c>
-      <c r="N17" s="60"/>
-[...2 lines deleted...]
-      <c r="A18" s="155"/>
+      <c r="N17" s="59"/>
+    </row>
+    <row r="18" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="211"/>
       <c r="B18" s="44"/>
-      <c r="C18" s="159"/>
-      <c r="D18" s="72" t="s">
+      <c r="C18" s="209"/>
+      <c r="D18" s="70" t="s">
         <v>34</v>
       </c>
-      <c r="E18" s="70" t="s">
+      <c r="E18" s="68" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="J18" s="65" t="s">
+      <c r="J18" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="K18" s="66" t="s">
+      <c r="K18" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="N18" s="60"/>
-[...2 lines deleted...]
-      <c r="A19" s="155"/>
+      <c r="N18" s="59"/>
+    </row>
+    <row r="19" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="211"/>
       <c r="B19" s="44"/>
-      <c r="C19" s="159"/>
-[...3 lines deleted...]
-      <c r="E19" s="70" t="s">
+      <c r="C19" s="209"/>
+      <c r="D19" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" s="68" t="s">
         <v>12</v>
       </c>
       <c r="F19" s="18" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="J19" s="65" t="s">
+      <c r="J19" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="K19" s="66" t="s">
+      <c r="K19" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="N19" s="60"/>
-[...2 lines deleted...]
-      <c r="A20" s="149" t="s">
+      <c r="N19" s="59"/>
+    </row>
+    <row r="20" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="205" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="B20" s="77" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="152" t="s">
+      <c r="C20" s="214" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="76" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E20" s="45" t="s">
         <v>12</v>
       </c>
       <c r="F20" s="14"/>
       <c r="G20" s="17" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="17" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="20" t="s">
         <v>22</v>
       </c>
       <c r="J20" s="45" t="s">
         <v>31</v>
       </c>
-      <c r="K20" s="79" t="s">
+      <c r="K20" s="77" t="s">
         <v>4</v>
       </c>
-      <c r="N20" s="60"/>
-[...2 lines deleted...]
-      <c r="A21" s="150"/>
+      <c r="N20" s="59"/>
+    </row>
+    <row r="21" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="206"/>
       <c r="B21" s="11" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-        <v>61</v>
+        <v>53</v>
+      </c>
+      <c r="C21" s="215"/>
+      <c r="D21" s="78" t="s">
+        <v>60</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H21" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K21" s="81" t="s">
+      <c r="K21" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N21" s="60"/>
-[...2 lines deleted...]
-      <c r="A22" s="150"/>
+      <c r="N21" s="59"/>
+    </row>
+    <row r="22" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="206"/>
       <c r="B22" s="44" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-        <v>60</v>
+        <v>69</v>
+      </c>
+      <c r="C22" s="215"/>
+      <c r="D22" s="78" t="s">
+        <v>59</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K22" s="81" t="s">
+      <c r="K22" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N22" s="60"/>
-[...2 lines deleted...]
-      <c r="A23" s="156"/>
+      <c r="N22" s="59"/>
+    </row>
+    <row r="23" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="212"/>
       <c r="B23" s="44"/>
-      <c r="C23" s="153"/>
+      <c r="C23" s="215"/>
       <c r="D23" s="19" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K23" s="81" t="s">
+      <c r="K23" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N23" s="60"/>
-[...2 lines deleted...]
-      <c r="A24" s="156"/>
+      <c r="N23" s="59"/>
+    </row>
+    <row r="24" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="212"/>
       <c r="B24" s="44"/>
-      <c r="C24" s="153"/>
+      <c r="C24" s="215"/>
       <c r="D24" s="19" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J24" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K24" s="81" t="s">
+      <c r="K24" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N24" s="60"/>
-[...2 lines deleted...]
-      <c r="A25" s="156"/>
+      <c r="N24" s="59"/>
+    </row>
+    <row r="25" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="212"/>
       <c r="B25" s="44"/>
-      <c r="C25" s="153"/>
+      <c r="C25" s="215"/>
       <c r="D25" s="19" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J25" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K25" s="81" t="s">
+      <c r="K25" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N25" s="60"/>
-[...2 lines deleted...]
-      <c r="A26" s="156"/>
+      <c r="N25" s="59"/>
+    </row>
+    <row r="26" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="212"/>
       <c r="B26" s="44"/>
-      <c r="C26" s="153"/>
+      <c r="C26" s="215"/>
       <c r="D26" s="19" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>12</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J26" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="K26" s="81" t="s">
+      <c r="K26" s="79" t="s">
         <v>4</v>
       </c>
-      <c r="N26" s="60"/>
-[...2 lines deleted...]
-      <c r="A27" s="157"/>
+      <c r="N26" s="59"/>
+    </row>
+    <row r="27" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="213"/>
       <c r="B27" s="44"/>
-      <c r="C27" s="154"/>
+      <c r="C27" s="216"/>
       <c r="D27" s="43" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J27" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="K27" s="82" t="s">
+      <c r="K27" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="N27" s="60"/>
-[...2 lines deleted...]
-      <c r="A28" s="160" t="s">
+      <c r="N27" s="59"/>
+    </row>
+    <row r="28" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="218" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="77" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="163" t="s">
+      <c r="B28" s="75" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="221" t="s">
         <v>27</v>
       </c>
-      <c r="D28" s="83" t="s">
+      <c r="D28" s="81" t="s">
         <v>28</v>
       </c>
-      <c r="E28" s="84" t="s">
+      <c r="E28" s="82" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="14" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="17" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="J28" s="85" t="s">
+      <c r="J28" s="83" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="N28" s="192"/>
-[...4 lines deleted...]
-      <c r="A29" s="161"/>
+      <c r="N28" s="251"/>
+      <c r="O28" s="251"/>
+      <c r="P28" s="251"/>
+    </row>
+    <row r="29" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="219"/>
       <c r="B29" s="11" t="s">
-        <v>66</v>
-[...5 lines deleted...]
-      <c r="E29" s="86"/>
+        <v>65</v>
+      </c>
+      <c r="C29" s="222"/>
+      <c r="D29" s="67" t="s">
+        <v>50</v>
+      </c>
+      <c r="E29" s="84"/>
       <c r="F29" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J29" s="25" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="N29" s="60"/>
-[...4 lines deleted...]
-      <c r="A30" s="161"/>
+      <c r="N29" s="59"/>
+      <c r="O29" s="59"/>
+      <c r="P29" s="59"/>
+    </row>
+    <row r="30" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="219"/>
       <c r="B30" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="C30" s="164"/>
-      <c r="D30" s="69" t="s">
+      <c r="C30" s="222"/>
+      <c r="D30" s="67" t="s">
         <v>29</v>
       </c>
-      <c r="E30" s="86"/>
+      <c r="E30" s="84"/>
       <c r="F30" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J30" s="25" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="N30" s="60"/>
-[...4 lines deleted...]
-      <c r="A31" s="161"/>
+      <c r="N30" s="59"/>
+      <c r="O30" s="59"/>
+      <c r="P30" s="59"/>
+    </row>
+    <row r="31" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="219"/>
       <c r="B31" s="44"/>
-      <c r="C31" s="164"/>
-[...3 lines deleted...]
-      <c r="E31" s="86"/>
+      <c r="C31" s="222"/>
+      <c r="D31" s="67" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" s="84"/>
       <c r="F31" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J31" s="25" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="N31" s="60"/>
-[...4 lines deleted...]
-      <c r="A32" s="162"/>
+      <c r="N31" s="59"/>
+      <c r="O31" s="59"/>
+      <c r="P31" s="59"/>
+    </row>
+    <row r="32" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="220"/>
       <c r="B32" s="8"/>
-      <c r="C32" s="165"/>
-[...3 lines deleted...]
-      <c r="E32" s="119"/>
+      <c r="C32" s="223"/>
+      <c r="D32" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="E32" s="109"/>
       <c r="F32" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J32" s="27" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="N32" s="60"/>
-[...4 lines deleted...]
-      <c r="A33" s="150" t="s">
+      <c r="N32" s="59"/>
+      <c r="O32" s="59"/>
+      <c r="P32" s="59"/>
+    </row>
+    <row r="33" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="206" t="s">
         <v>39</v>
       </c>
-      <c r="B33" s="145" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="159" t="s">
+      <c r="B33" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="C33" s="209" t="s">
         <v>37</v>
       </c>
-      <c r="D33" s="90"/>
-[...1 lines deleted...]
-      <c r="F33" s="92"/>
+      <c r="D33" s="88"/>
+      <c r="E33" s="89"/>
+      <c r="F33" s="90"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="23"/>
       <c r="J33" s="25"/>
       <c r="K33" s="22"/>
-      <c r="N33" s="60"/>
-[...3 lines deleted...]
-      <c r="B34" s="145" t="s">
+      <c r="N33" s="59"/>
+    </row>
+    <row r="34" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="212"/>
+      <c r="B34" s="46" t="s">
         <v>35</v>
       </c>
-      <c r="C34" s="159"/>
-      <c r="D34" s="90" t="s">
+      <c r="C34" s="209"/>
+      <c r="D34" s="88" t="s">
         <v>38</v>
       </c>
       <c r="E34" s="10"/>
-      <c r="F34" s="92" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="93"/>
+      <c r="F34" s="90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="91"/>
       <c r="H34" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I34" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J34" s="25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K34" s="22" t="s">
         <v>31</v>
       </c>
-      <c r="N34" s="192"/>
-[...5 lines deleted...]
-      <c r="B35" s="146" t="s">
+      <c r="N34" s="251"/>
+      <c r="O34" s="251"/>
+      <c r="P34" s="251"/>
+    </row>
+    <row r="35" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="212"/>
+      <c r="B35" s="44" t="s">
         <v>36</v>
       </c>
-      <c r="C35" s="159"/>
-[...1 lines deleted...]
-      <c r="E35" s="89"/>
+      <c r="C35" s="209"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="87"/>
       <c r="F35" s="38"/>
       <c r="G35" s="6"/>
       <c r="H35" s="38"/>
       <c r="I35" s="39"/>
       <c r="J35" s="12"/>
       <c r="K35" s="39"/>
-      <c r="N35" s="60"/>
-[...2 lines deleted...]
-      <c r="A36" s="149" t="s">
+      <c r="N35" s="59"/>
+    </row>
+    <row r="36" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="205" t="s">
         <v>45</v>
       </c>
-      <c r="B36" s="77" t="s">
+      <c r="B36" s="75" t="s">
         <v>46</v>
       </c>
-      <c r="C36" s="152" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="141" t="s">
+      <c r="C36" s="208" t="s">
+        <v>72</v>
+      </c>
+      <c r="D36" s="120" t="s">
         <v>49</v>
       </c>
-      <c r="E36" s="45" t="s">
+      <c r="E36" s="105" t="s">
         <v>12</v>
       </c>
       <c r="F36" s="14"/>
       <c r="G36" s="17" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="17" t="s">
         <v>22</v>
       </c>
       <c r="I36" s="20" t="s">
         <v>22</v>
       </c>
       <c r="J36" s="45" t="s">
         <v>31</v>
       </c>
       <c r="K36" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="N36" s="192"/>
-[...4 lines deleted...]
-      <c r="A37" s="150"/>
+      <c r="N36" s="251"/>
+      <c r="O36" s="251"/>
+      <c r="P36" s="251"/>
+    </row>
+    <row r="37" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="206"/>
       <c r="B37" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="C37" s="153"/>
-[...3 lines deleted...]
-      <c r="E37" s="10" t="s">
+      <c r="C37" s="209"/>
+      <c r="D37" s="140" t="s">
+        <v>61</v>
+      </c>
+      <c r="E37" s="89" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I37" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K37" s="22" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="A38" s="150"/>
+        <v>4</v>
+      </c>
+      <c r="N37" s="59"/>
+    </row>
+    <row r="38" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="206"/>
       <c r="B38" s="44" t="s">
         <v>48</v>
       </c>
-      <c r="C38" s="153"/>
-[...3 lines deleted...]
-      <c r="E38" s="10" t="s">
+      <c r="C38" s="209"/>
+      <c r="D38" s="140" t="s">
+        <v>76</v>
+      </c>
+      <c r="E38" s="89" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="22" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="A39" s="150"/>
+        <v>17</v>
+      </c>
+      <c r="N38" s="59"/>
+    </row>
+    <row r="39" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="206"/>
       <c r="B39" s="11"/>
-      <c r="C39" s="153"/>
-[...3 lines deleted...]
-      <c r="E39" s="10" t="s">
+      <c r="C39" s="209"/>
+      <c r="D39" s="140" t="s">
+        <v>38</v>
+      </c>
+      <c r="E39" s="89" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I39" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K39" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="N39" s="60"/>
-[...2 lines deleted...]
-      <c r="A40" s="150"/>
+      <c r="N39" s="59"/>
+    </row>
+    <row r="40" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="206"/>
       <c r="B40" s="11"/>
-      <c r="C40" s="153"/>
-[...3 lines deleted...]
-      <c r="E40" s="10" t="s">
+      <c r="C40" s="209"/>
+      <c r="D40" s="140" t="s">
+        <v>50</v>
+      </c>
+      <c r="E40" s="89" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K40" s="22" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="A41" s="150"/>
+        <v>4</v>
+      </c>
+      <c r="N40" s="59"/>
+    </row>
+    <row r="41" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="206"/>
       <c r="B41" s="44"/>
-      <c r="C41" s="153"/>
-[...3 lines deleted...]
-      <c r="E41" s="10" t="s">
+      <c r="C41" s="209"/>
+      <c r="D41" s="140" t="s">
+        <v>29</v>
+      </c>
+      <c r="E41" s="89" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K41" s="22" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="A42" s="151"/>
+        <v>17</v>
+      </c>
+      <c r="N41" s="59"/>
+    </row>
+    <row r="42" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="207"/>
       <c r="B42" s="8"/>
-      <c r="C42" s="154"/>
-[...5 lines deleted...]
-      </c>
+      <c r="C42" s="210"/>
+      <c r="D42" s="141"/>
+      <c r="E42" s="87"/>
       <c r="F42" s="16"/>
-      <c r="G42" s="6" t="s">
-[...11 lines deleted...]
-      <c r="K42" s="37" t="s">
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="24"/>
+      <c r="J42" s="12"/>
+      <c r="K42" s="37"/>
+      <c r="N42" s="59"/>
+    </row>
+    <row r="43" spans="1:16" s="127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="205" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="C43" s="214" t="s">
+        <v>116</v>
+      </c>
+      <c r="D43" s="128" t="s">
+        <v>117</v>
+      </c>
+      <c r="E43" s="10"/>
+      <c r="F43" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="23"/>
+      <c r="J43" s="126">
+        <v>1000000</v>
+      </c>
+      <c r="K43" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="N42" s="60"/>
-[...8 lines deleted...]
-      <c r="C43" s="152" t="s">
+      <c r="N43" s="54"/>
+    </row>
+    <row r="44" spans="1:16" s="127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="206"/>
+      <c r="B44" s="46" t="s">
         <v>118</v>
       </c>
-      <c r="D43" s="116" t="s">
+      <c r="C44" s="215"/>
+      <c r="D44" s="128"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="84"/>
+      <c r="G44" s="18"/>
+      <c r="H44" s="18"/>
+      <c r="I44" s="23"/>
+      <c r="J44" s="10"/>
+      <c r="K44" s="22"/>
+      <c r="N44" s="54"/>
+    </row>
+    <row r="45" spans="1:16" s="127" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="207"/>
+      <c r="B45" s="44" t="s">
         <v>119</v>
       </c>
-      <c r="E43" s="45"/>
-[...70 lines deleted...]
-      <c r="D46" s="116"/>
+      <c r="C45" s="216"/>
+      <c r="D45" s="128"/>
+      <c r="E45" s="10"/>
+      <c r="F45" s="84"/>
+      <c r="G45" s="18"/>
+      <c r="H45" s="18"/>
+      <c r="I45" s="23"/>
+      <c r="J45" s="10"/>
+      <c r="K45" s="22"/>
+      <c r="N45" s="54"/>
+    </row>
+    <row r="46" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="205" t="s">
+        <v>85</v>
+      </c>
+      <c r="B46" s="169" t="s">
+        <v>92</v>
+      </c>
+      <c r="C46" s="151"/>
+      <c r="D46" s="159"/>
       <c r="E46" s="45"/>
-      <c r="F46" s="84"/>
+      <c r="F46" s="82"/>
       <c r="G46" s="17"/>
       <c r="H46" s="17"/>
       <c r="I46" s="20"/>
       <c r="J46" s="45"/>
       <c r="K46" s="21"/>
-      <c r="N46" s="61"/>
-[...3 lines deleted...]
-      <c r="B47" s="44" t="s">
+      <c r="N46" s="150"/>
+    </row>
+    <row r="47" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="206"/>
+      <c r="B47" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="C47" s="152" t="s">
         <v>87</v>
       </c>
-      <c r="C47" s="132" t="s">
+      <c r="D47" s="154" t="s">
         <v>88</v>
       </c>
-      <c r="D47" s="117" t="s">
+      <c r="E47" s="101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="142" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47" s="129" t="s">
+        <v>22</v>
+      </c>
+      <c r="I47" s="130"/>
+      <c r="J47" s="132" t="s">
         <v>89</v>
       </c>
-      <c r="E47" s="10" t="s">
-[...12 lines deleted...]
-      <c r="J47" s="10" t="s">
+      <c r="K47" s="143" t="s">
+        <v>4</v>
+      </c>
+      <c r="N47" s="250" t="s">
+        <v>123</v>
+      </c>
+      <c r="O47" s="250"/>
+      <c r="P47" s="250"/>
+    </row>
+    <row r="48" spans="1:16" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="207"/>
+      <c r="B48" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="K47" s="22" t="s">
+      <c r="C48" s="153"/>
+      <c r="D48" s="144" t="s">
+        <v>91</v>
+      </c>
+      <c r="E48" s="145"/>
+      <c r="F48" s="146" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" s="147" t="s">
+        <v>22</v>
+      </c>
+      <c r="I48" s="148"/>
+      <c r="J48" s="145" t="s">
+        <v>89</v>
+      </c>
+      <c r="K48" s="149" t="s">
         <v>4</v>
       </c>
-      <c r="N47" s="61"/>
-[...30 lines deleted...]
-      <c r="A49" s="149" t="s">
+      <c r="N48" s="150"/>
+    </row>
+    <row r="49" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="205" t="s">
+        <v>108</v>
+      </c>
+      <c r="B49" s="119" t="s">
         <v>109</v>
       </c>
-      <c r="B49" s="134" t="s">
+      <c r="C49" s="214" t="s">
         <v>110</v>
       </c>
-      <c r="C49" s="152" t="s">
+      <c r="D49" s="120" t="s">
         <v>111</v>
       </c>
-      <c r="D49" s="135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="F49" s="136" t="s">
+      <c r="F49" s="121" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="17"/>
       <c r="H49" s="17" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="J49" s="137" t="s">
+      <c r="J49" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="K49" s="123" t="s">
+        <v>4</v>
+      </c>
+      <c r="N49" s="111"/>
+    </row>
+    <row r="50" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="212"/>
+      <c r="B50" s="46" t="s">
         <v>113</v>
       </c>
-      <c r="K49" s="138" t="s">
-[...10 lines deleted...]
-      <c r="D50" s="87" t="s">
+      <c r="C50" s="215"/>
+      <c r="D50" s="85" t="s">
         <v>32</v>
       </c>
       <c r="E50" s="10"/>
-      <c r="F50" s="139" t="s">
+      <c r="F50" s="124" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="18"/>
       <c r="H50" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="18" t="s">
         <v>22</v>
       </c>
       <c r="J50" s="10" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="K50" s="140" t="s">
+        <v>112</v>
+      </c>
+      <c r="K50" s="125" t="s">
         <v>17</v>
       </c>
-      <c r="N50" s="121"/>
-[...2 lines deleted...]
-      <c r="A51" s="157"/>
+      <c r="N50" s="111"/>
+    </row>
+    <row r="51" spans="1:60" s="5" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="213"/>
       <c r="B51" s="8" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-      <c r="D51" s="88"/>
+        <v>114</v>
+      </c>
+      <c r="C51" s="216"/>
+      <c r="D51" s="86"/>
       <c r="E51" s="12"/>
       <c r="F51" s="38"/>
       <c r="G51" s="6"/>
       <c r="H51" s="6"/>
       <c r="I51" s="6"/>
       <c r="J51" s="12"/>
       <c r="K51" s="39"/>
-      <c r="N51" s="121"/>
-[...5 lines deleted...]
-      <c r="B52" s="95" t="s">
+      <c r="N51" s="111"/>
+    </row>
+    <row r="52" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="252" t="s">
+        <v>75</v>
+      </c>
+      <c r="B52" s="93" t="s">
         <v>40</v>
       </c>
-      <c r="C52" s="196" t="s">
+      <c r="C52" s="255" t="s">
         <v>43</v>
       </c>
-      <c r="D52" s="96" t="s">
+      <c r="D52" s="94" t="s">
+        <v>83</v>
+      </c>
+      <c r="E52" s="95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I52" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J52" s="83" t="s">
+        <v>21</v>
+      </c>
+      <c r="K52" s="97" t="s">
+        <v>4</v>
+      </c>
+      <c r="L52" s="59"/>
+    </row>
+    <row r="53" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="253"/>
+      <c r="B53" s="98" t="s">
+        <v>41</v>
+      </c>
+      <c r="C53" s="256"/>
+      <c r="D53" s="99" t="s">
         <v>84</v>
       </c>
-      <c r="E52" s="97" t="s">
-[...32 lines deleted...]
-      <c r="F53" s="48" t="s">
+      <c r="E53" s="100"/>
+      <c r="F53" s="47" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H53" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I53" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J53" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K53" s="49" t="s">
+      <c r="K53" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="L53" s="60"/>
-[...2 lines deleted...]
-      <c r="A54" s="194"/>
+      <c r="L53" s="59"/>
+    </row>
+    <row r="54" spans="1:60" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="253"/>
       <c r="B54" s="44" t="s">
         <v>42</v>
       </c>
-      <c r="C54" s="197"/>
-[...4 lines deleted...]
-      <c r="F54" s="48" t="s">
+      <c r="C54" s="256"/>
+      <c r="D54" s="99" t="s">
+        <v>63</v>
+      </c>
+      <c r="E54" s="101"/>
+      <c r="F54" s="47" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="18" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J54" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K54" s="49" t="s">
+      <c r="K54" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="L54" s="60"/>
-[...2 lines deleted...]
-      <c r="A55" s="195"/>
+      <c r="L54" s="59"/>
+    </row>
+    <row r="55" spans="1:60" s="103" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="254"/>
       <c r="B55" s="8"/>
-      <c r="C55" s="198"/>
-      <c r="D55" s="120" t="s">
+      <c r="C55" s="257"/>
+      <c r="D55" s="110" t="s">
         <v>44</v>
       </c>
-      <c r="E55" s="104"/>
-      <c r="F55" s="50" t="s">
+      <c r="E55" s="102"/>
+      <c r="F55" s="49" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I55" s="24" t="s">
         <v>22</v>
       </c>
       <c r="J55" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="K55" s="56" t="s">
+      <c r="K55" s="55" t="s">
         <v>4</v>
       </c>
-      <c r="N55" s="60"/>
-[...48 lines deleted...]
-      <c r="A56" s="193" t="s">
+      <c r="N55" s="59"/>
+      <c r="O55" s="59"/>
+      <c r="P55" s="59"/>
+      <c r="Q55" s="59"/>
+      <c r="R55" s="59"/>
+      <c r="S55" s="59"/>
+      <c r="T55" s="59"/>
+      <c r="U55" s="59"/>
+      <c r="V55" s="59"/>
+      <c r="W55" s="59"/>
+      <c r="X55" s="59"/>
+      <c r="Y55" s="59"/>
+      <c r="Z55" s="59"/>
+      <c r="AA55" s="59"/>
+      <c r="AB55" s="59"/>
+      <c r="AC55" s="59"/>
+      <c r="AD55" s="59"/>
+      <c r="AE55" s="59"/>
+      <c r="AF55" s="59"/>
+      <c r="AG55" s="59"/>
+      <c r="AH55" s="59"/>
+      <c r="AI55" s="59"/>
+      <c r="AJ55" s="59"/>
+      <c r="AK55" s="59"/>
+      <c r="AL55" s="59"/>
+      <c r="AM55" s="59"/>
+      <c r="AN55" s="59"/>
+      <c r="AO55" s="59"/>
+      <c r="AP55" s="59"/>
+      <c r="AQ55" s="59"/>
+      <c r="AR55" s="59"/>
+      <c r="AS55" s="59"/>
+      <c r="AT55" s="59"/>
+      <c r="AU55" s="59"/>
+      <c r="AV55" s="59"/>
+      <c r="AW55" s="59"/>
+      <c r="AX55" s="59"/>
+      <c r="AY55" s="59"/>
+      <c r="AZ55" s="59"/>
+      <c r="BA55" s="59"/>
+      <c r="BB55" s="59"/>
+      <c r="BC55" s="59"/>
+      <c r="BD55" s="59"/>
+      <c r="BE55" s="59"/>
+      <c r="BF55" s="59"/>
+      <c r="BG55" s="59"/>
+      <c r="BH55" s="59"/>
+    </row>
+    <row r="56" spans="1:60" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="252" t="s">
+        <v>93</v>
+      </c>
+      <c r="B56" s="112" t="s">
         <v>94</v>
       </c>
-      <c r="B56" s="122" t="s">
+      <c r="C56" s="117" t="s">
         <v>95</v>
       </c>
-      <c r="C56" s="131" t="s">
+      <c r="D56" s="94" t="s">
         <v>96</v>
       </c>
-      <c r="D56" s="96" t="s">
+      <c r="E56" s="95"/>
+      <c r="F56" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I56" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J56" s="83" t="s">
+        <v>21</v>
+      </c>
+      <c r="K56" s="97" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="57" spans="1:60" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="253"/>
+      <c r="B57" s="113" t="s">
         <v>97</v>
       </c>
-      <c r="E56" s="97"/>
-[...12 lines deleted...]
-      <c r="J56" s="85" t="s">
+      <c r="C57" s="118" t="s">
+        <v>98</v>
+      </c>
+      <c r="D57" s="131" t="s">
+        <v>102</v>
+      </c>
+      <c r="E57" s="132"/>
+      <c r="F57" s="133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" s="129" t="s">
+        <v>22</v>
+      </c>
+      <c r="I57" s="130" t="s">
+        <v>22</v>
+      </c>
+      <c r="J57" s="134" t="s">
         <v>21</v>
       </c>
-      <c r="K56" s="99" t="s">
+      <c r="K57" s="135" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="57" spans="1:60" s="113" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C57" s="132" t="s">
+    <row r="58" spans="1:60" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="253"/>
+      <c r="B58" s="113" t="s">
         <v>99</v>
       </c>
-      <c r="D57" s="101" t="s">
-[...30 lines deleted...]
-      <c r="F58" s="48"/>
+      <c r="C58" s="118"/>
+      <c r="D58" s="99"/>
+      <c r="E58" s="101"/>
+      <c r="F58" s="47"/>
       <c r="G58" s="18"/>
       <c r="H58" s="18"/>
       <c r="I58" s="13"/>
       <c r="J58" s="25"/>
-      <c r="K58" s="49"/>
-[...3 lines deleted...]
-      <c r="B59" s="123" t="s">
+      <c r="K58" s="48"/>
+    </row>
+    <row r="59" spans="1:60" s="107" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="253"/>
+      <c r="B59" s="113" t="s">
         <v>41</v>
       </c>
-      <c r="C59" s="132" t="s">
-[...4 lines deleted...]
-      <c r="F59" s="48"/>
+      <c r="C59" s="118" t="s">
+        <v>100</v>
+      </c>
+      <c r="D59" s="99"/>
+      <c r="E59" s="101"/>
+      <c r="F59" s="47"/>
       <c r="G59" s="18"/>
       <c r="H59" s="18"/>
       <c r="I59" s="13"/>
       <c r="J59" s="25"/>
-      <c r="K59" s="49"/>
-[...17 lines deleted...]
-      <c r="A61" s="193" t="s">
+      <c r="K59" s="48"/>
+    </row>
+    <row r="60" spans="1:60" s="139" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="253"/>
+      <c r="B60" s="116" t="s">
+        <v>101</v>
+      </c>
+      <c r="C60" s="138"/>
+      <c r="D60" s="99"/>
+      <c r="E60" s="101"/>
+      <c r="F60" s="47"/>
+      <c r="G60" s="18"/>
+      <c r="H60" s="18"/>
+      <c r="I60" s="13"/>
+      <c r="J60" s="25"/>
+      <c r="K60" s="48"/>
+    </row>
+    <row r="61" spans="1:60" s="158" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="200" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="171" t="s">
+        <v>125</v>
+      </c>
+      <c r="C61" s="172"/>
+      <c r="D61" s="173"/>
+      <c r="E61" s="174"/>
+      <c r="F61" s="175"/>
+      <c r="G61" s="176"/>
+      <c r="H61" s="176"/>
+      <c r="I61" s="177"/>
+      <c r="J61" s="178"/>
+      <c r="K61" s="179"/>
+    </row>
+    <row r="62" spans="1:60" s="158" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="201"/>
+      <c r="B62" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="C62" s="181" t="s">
+        <v>129</v>
+      </c>
+      <c r="D62" s="182" t="s">
+        <v>127</v>
+      </c>
+      <c r="E62" s="183"/>
+      <c r="F62" s="184" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" s="185" t="s">
+        <v>22</v>
+      </c>
+      <c r="I62" s="186" t="s">
+        <v>22</v>
+      </c>
+      <c r="J62" s="187" t="s">
+        <v>21</v>
+      </c>
+      <c r="K62" s="188" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="63" spans="1:60" s="158" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="201"/>
+      <c r="B63" s="189" t="s">
+        <v>128</v>
+      </c>
+      <c r="C63" s="181"/>
+      <c r="D63" s="182"/>
+      <c r="E63" s="183"/>
+      <c r="F63" s="184"/>
+      <c r="G63" s="185"/>
+      <c r="H63" s="185"/>
+      <c r="I63" s="190"/>
+      <c r="J63" s="187"/>
+      <c r="K63" s="188"/>
+    </row>
+    <row r="64" spans="1:60" s="158" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="202"/>
+      <c r="B64" s="191"/>
+      <c r="C64" s="192" t="s">
+        <v>126</v>
+      </c>
+      <c r="D64" s="193"/>
+      <c r="E64" s="194"/>
+      <c r="F64" s="195"/>
+      <c r="G64" s="196"/>
+      <c r="H64" s="196"/>
+      <c r="I64" s="197"/>
+      <c r="J64" s="198"/>
+      <c r="K64" s="199"/>
+    </row>
+    <row r="65" spans="1:12" s="108" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="252" t="s">
+        <v>103</v>
+      </c>
+      <c r="B65" s="162" t="s">
         <v>104</v>
       </c>
-      <c r="B61" s="123" t="s">
+      <c r="C65" s="155"/>
+      <c r="D65" s="163" t="s">
+        <v>59</v>
+      </c>
+      <c r="E65" s="164"/>
+      <c r="F65" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I65" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J65" s="83" t="s">
+        <v>21</v>
+      </c>
+      <c r="K65" s="97" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" s="108" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="253"/>
+      <c r="B66" s="113" t="s">
         <v>105</v>
       </c>
-      <c r="C61" s="132"/>
-      <c r="D61" s="127" t="s">
+      <c r="C66" s="156" t="s">
+        <v>107</v>
+      </c>
+      <c r="D66" s="115" t="s">
         <v>60</v>
       </c>
-      <c r="E61" s="128"/>
-[...12 lines deleted...]
-      <c r="J61" s="25" t="s">
+      <c r="E66" s="114"/>
+      <c r="F66" s="47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I66" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J66" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K61" s="49" t="s">
+      <c r="K66" s="48" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="62" spans="1:60" s="114" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B62" s="123" t="s">
+    <row r="67" spans="1:12" s="108" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="254"/>
+      <c r="B67" s="165" t="s">
         <v>106</v>
       </c>
-      <c r="C62" s="132" t="s">
-[...18 lines deleted...]
-      <c r="J62" s="25" t="s">
+      <c r="C67" s="157"/>
+      <c r="D67" s="166"/>
+      <c r="E67" s="167"/>
+      <c r="F67" s="49"/>
+      <c r="G67" s="6"/>
+      <c r="H67" s="6"/>
+      <c r="I67" s="168"/>
+      <c r="J67" s="27"/>
+      <c r="K67" s="55"/>
+    </row>
+    <row r="68" spans="1:12" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="205" t="s">
+        <v>82</v>
+      </c>
+      <c r="B68" s="75" t="s">
+        <v>64</v>
+      </c>
+      <c r="C68" s="214" t="s">
+        <v>66</v>
+      </c>
+      <c r="D68" s="104" t="s">
+        <v>67</v>
+      </c>
+      <c r="E68" s="105"/>
+      <c r="F68" s="105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="I68" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="J68" s="83" t="s">
         <v>21</v>
       </c>
-      <c r="K62" s="49" t="s">
+      <c r="K68" s="106" t="s">
         <v>31</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="B64" s="77" t="s">
+      <c r="L68" s="59"/>
+    </row>
+    <row r="69" spans="1:12" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="206"/>
+      <c r="B69" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="C64" s="152" t="s">
-[...18 lines deleted...]
-      <c r="J64" s="85" t="s">
+      <c r="C69" s="215"/>
+      <c r="D69" s="160" t="s">
+        <v>73</v>
+      </c>
+      <c r="E69" s="89"/>
+      <c r="F69" s="89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I69" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J69" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="K64" s="108" t="s">
+      <c r="K69" s="161" t="s">
         <v>31</v>
       </c>
-      <c r="L64" s="60"/>
-[...23 lines deleted...]
-      <c r="J65" s="25" t="s">
+      <c r="L69" s="59"/>
+    </row>
+    <row r="70" spans="1:12" s="9" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="207"/>
+      <c r="B70" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C70" s="216"/>
+      <c r="D70" s="136" t="s">
+        <v>70</v>
+      </c>
+      <c r="E70" s="87"/>
+      <c r="F70" s="87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I70" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="J70" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="K65" s="110" t="s">
+      <c r="K70" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="L65" s="60"/>
-[...116 lines deleted...]
-    <row r="78" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="L70" s="59"/>
+    </row>
+    <row r="71" spans="1:12" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="31"/>
+      <c r="B71" s="36"/>
+      <c r="C71" s="40"/>
+      <c r="D71" s="32"/>
+      <c r="E71" s="35"/>
+      <c r="F71" s="35"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="53"/>
+      <c r="K71" s="35"/>
+      <c r="L71" s="3"/>
+    </row>
+    <row r="72" spans="1:12" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="31"/>
+      <c r="B72" s="36"/>
+      <c r="C72" s="40"/>
+      <c r="D72" s="32"/>
+      <c r="E72" s="35"/>
+      <c r="F72" s="35"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="53"/>
+      <c r="K72" s="35"/>
+      <c r="L72" s="3"/>
+    </row>
+    <row r="73" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="35"/>
+      <c r="B73" s="36"/>
+      <c r="C73" s="40"/>
+      <c r="D73" s="32"/>
+      <c r="E73" s="33"/>
+      <c r="F73" s="35"/>
+      <c r="G73" s="13"/>
+      <c r="H73" s="13"/>
+      <c r="I73" s="13"/>
+      <c r="J73" s="34"/>
+      <c r="K73" s="35"/>
+      <c r="L73" s="3"/>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.3">
       <c r="D78" s="29"/>
       <c r="E78" s="28"/>
       <c r="F78" s="28"/>
       <c r="G78" s="13"/>
       <c r="H78" s="13"/>
       <c r="I78" s="13"/>
       <c r="J78" s="28"/>
       <c r="K78" s="28"/>
     </row>
-    <row r="79" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="D79" s="29"/>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="D79" s="31"/>
       <c r="E79" s="28"/>
       <c r="F79" s="28"/>
       <c r="G79" s="13"/>
       <c r="H79" s="13"/>
       <c r="I79" s="13"/>
       <c r="J79" s="28"/>
       <c r="K79" s="28"/>
     </row>
-    <row r="80" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.3">
       <c r="D80" s="29"/>
       <c r="E80" s="28"/>
       <c r="F80" s="28"/>
       <c r="G80" s="13"/>
       <c r="H80" s="13"/>
       <c r="I80" s="13"/>
       <c r="J80" s="28"/>
       <c r="K80" s="28"/>
     </row>
-    <row r="81" spans="4:11" x14ac:dyDescent="0.25">
-      <c r="D81" s="29"/>
+    <row r="81" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D81" s="32"/>
       <c r="E81" s="28"/>
       <c r="F81" s="28"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="28"/>
       <c r="K81" s="28"/>
-    </row>
-[...10 lines deleted...]
-    <row r="83" spans="4:11" x14ac:dyDescent="0.25">
+      <c r="L81" s="9"/>
+      <c r="M81" s="9"/>
+      <c r="N81" s="9"/>
+    </row>
+    <row r="82" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D82" s="29"/>
+      <c r="E82" s="28"/>
+      <c r="F82" s="28"/>
+      <c r="G82" s="13"/>
+      <c r="H82" s="13"/>
+      <c r="I82" s="13"/>
+      <c r="J82" s="28"/>
+      <c r="K82" s="28"/>
+    </row>
+    <row r="83" spans="4:14" x14ac:dyDescent="0.3">
       <c r="D83" s="29"/>
       <c r="E83" s="28"/>
       <c r="F83" s="28"/>
       <c r="G83" s="13"/>
       <c r="H83" s="13"/>
       <c r="I83" s="13"/>
       <c r="J83" s="28"/>
       <c r="K83" s="28"/>
     </row>
+    <row r="84" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D84" s="29"/>
+      <c r="E84" s="28"/>
+      <c r="F84" s="28"/>
+      <c r="G84" s="13"/>
+      <c r="H84" s="13"/>
+      <c r="I84" s="13"/>
+      <c r="J84" s="28"/>
+      <c r="K84" s="28"/>
+    </row>
+    <row r="85" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D85" s="29"/>
+      <c r="E85" s="28"/>
+      <c r="F85" s="28"/>
+      <c r="G85" s="13"/>
+      <c r="H85" s="13"/>
+      <c r="I85" s="13"/>
+      <c r="J85" s="28"/>
+      <c r="K85" s="28"/>
+    </row>
+    <row r="86" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D86" s="3"/>
+      <c r="E86" s="30"/>
+      <c r="F86" s="30"/>
+      <c r="G86" s="30"/>
+      <c r="H86" s="30"/>
+      <c r="I86" s="30"/>
+      <c r="J86" s="30"/>
+      <c r="K86" s="30"/>
+    </row>
+    <row r="87" spans="4:14" x14ac:dyDescent="0.3">
+      <c r="D87" s="29"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="13"/>
+      <c r="H87" s="13"/>
+      <c r="I87" s="13"/>
+      <c r="J87" s="28"/>
+      <c r="K87" s="28"/>
+    </row>
   </sheetData>
-  <mergeCells count="48">
+  <mergeCells count="50">
+    <mergeCell ref="N47:P47"/>
     <mergeCell ref="N28:P28"/>
-    <mergeCell ref="A64:A66"/>
-    <mergeCell ref="C64:C66"/>
+    <mergeCell ref="A68:A70"/>
+    <mergeCell ref="C68:C70"/>
     <mergeCell ref="N36:P36"/>
     <mergeCell ref="A52:A55"/>
     <mergeCell ref="C52:C55"/>
     <mergeCell ref="N34:P34"/>
     <mergeCell ref="A33:A35"/>
     <mergeCell ref="C33:C35"/>
     <mergeCell ref="A46:A48"/>
-    <mergeCell ref="A56:A60"/>
-    <mergeCell ref="A61:A63"/>
+    <mergeCell ref="A65:A67"/>
     <mergeCell ref="A49:A51"/>
     <mergeCell ref="C49:C51"/>
+    <mergeCell ref="A56:A60"/>
     <mergeCell ref="A43:A45"/>
-    <mergeCell ref="C43:C45"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A10:A14"/>
     <mergeCell ref="B10:B14"/>
     <mergeCell ref="C10:C14"/>
     <mergeCell ref="D10:D14"/>
     <mergeCell ref="E12:E14"/>
     <mergeCell ref="F12:F14"/>
     <mergeCell ref="G12:G14"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="E10:K11"/>
     <mergeCell ref="K12:K14"/>
     <mergeCell ref="I12:I14"/>
     <mergeCell ref="J12:J14"/>
     <mergeCell ref="W14:W15"/>
     <mergeCell ref="S14:S15"/>
     <mergeCell ref="T14:T15"/>
     <mergeCell ref="U14:U15"/>
     <mergeCell ref="Q14:Q15"/>
     <mergeCell ref="R14:R15"/>
     <mergeCell ref="V14:V15"/>
+    <mergeCell ref="A61:A64"/>
     <mergeCell ref="H12:H14"/>
     <mergeCell ref="A36:A42"/>
     <mergeCell ref="C36:C42"/>
     <mergeCell ref="A15:A19"/>
     <mergeCell ref="A20:A27"/>
     <mergeCell ref="C20:C27"/>
     <mergeCell ref="C15:C19"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="C28:C32"/>
+    <mergeCell ref="C43:C45"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B35" r:id="rId1" xr:uid="{B223DF24-5009-4A80-A1BB-730AB9C01C22}"/>
     <hyperlink ref="B54" r:id="rId2" xr:uid="{06732F04-C99B-472B-9638-996FA9CB2778}"/>
     <hyperlink ref="B38" r:id="rId3" xr:uid="{F7FEAAAE-F564-4612-9B6B-CAF6115C08F0}"/>
     <hyperlink ref="B22" r:id="rId4" xr:uid="{A46457C6-7D92-47CA-B842-1738C839BBFA}"/>
     <hyperlink ref="B17" r:id="rId5" xr:uid="{0DB99DB6-D1B1-4C03-9036-5B7CD7D36DB6}"/>
     <hyperlink ref="B30" r:id="rId6" xr:uid="{44CB8C01-7CF2-4E1C-96E8-8F75AC3E9914}"/>
-    <hyperlink ref="B66" r:id="rId7" xr:uid="{8CA49F24-A4D8-4A6F-A9BA-75537915A5C8}"/>
-[...2 lines deleted...]
-    <hyperlink ref="B51" r:id="rId10" xr:uid="{F426227D-1764-4611-AD6F-1E3FB1E44813}"/>
+    <hyperlink ref="B70" r:id="rId7" xr:uid="{8CA49F24-A4D8-4A6F-A9BA-75537915A5C8}"/>
+    <hyperlink ref="B67" r:id="rId8" xr:uid="{0DABEC8B-0AF8-41B4-B1B4-5372A32AC710}"/>
+    <hyperlink ref="B51" r:id="rId9" xr:uid="{F426227D-1764-4611-AD6F-1E3FB1E44813}"/>
+    <hyperlink ref="B45" r:id="rId10" xr:uid="{D7CC30D4-53EE-44E2-A6CA-EA6F8776A882}"/>
+    <hyperlink ref="B60" r:id="rId11" xr:uid="{1D57A97D-11D1-4AD1-96BD-DCEB0482EBB6}"/>
+    <hyperlink ref="B63" r:id="rId12" xr:uid="{05875961-F260-465B-A4A5-F212038D222F}"/>
   </hyperlinks>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="73" fitToHeight="2" orientation="landscape" r:id="rId11"/>
+  <pageSetup scale="73" fitToHeight="2" orientation="landscape" r:id="rId13"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="51" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>