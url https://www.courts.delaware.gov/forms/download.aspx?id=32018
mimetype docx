--- v1 (2025-12-18)
+++ v2 (2026-02-05)
@@ -1,743 +1,802 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="442D3FC8" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="46607AC1" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F4C6F5" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7E521A59" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47815CAD" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="2EC9B92D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48CD311D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="0BD1BC1B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E1FE54" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="082A1999" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32E6995C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="5224C87D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="539624C8" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="682C4F4E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="420DECA4" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="06EB52C2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B3C1D35" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="000B3B14">
+    <w:p w14:paraId="0CD293C7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>DELAWARE JUDICIAL NOMINATING COMMISSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3934A0" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="057BEEB9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79A4A4B4" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7E81CFDF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C4F91A4" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="000B3B14">
+    <w:p w14:paraId="5510A5B5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>QUESTIONNAIRE</w:t>
       </w:r>
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
+      <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> FOR CANDIDATES FOR JUDICIAL OFFICE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53930AFB" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7AB1E8CB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B19272F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="163C9DFF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F011469" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="2E8608FE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0778CDED" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="6713CB71" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40809F0A" w14:textId="76C3207A" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="7D709FB7" w14:textId="10F431B0" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="00551473" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C3617">
+      <w:r w:rsidRPr="00551473">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003727D2">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5010D" w:rsidRPr="00551473">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00892653">
+      <w:r w:rsidRPr="00551473">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00084B14">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>REVIS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="21622757" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0000004A" w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>JANUARY</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00226EC6" w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5010D" w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00551473">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AC1E5F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="254ABF5E" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="3A161C1F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9C38FD" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7D41A388" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B47C62" w14:textId="77777777" w:rsidR="006B57F5" w:rsidRPr="00E83C11" w:rsidRDefault="006B57F5" w:rsidP="00E83C11">
+    <w:p w14:paraId="5A2B832E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67431275" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="52544F68" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1327F676" w14:textId="790F3275" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="07771E81" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C81AA3D" w14:textId="77777777" w:rsidR="002E0BF9" w:rsidRDefault="002E0BF9" w:rsidP="00E83C11">
+    <w:p w14:paraId="7FD9E68B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F229FC" w14:textId="77777777" w:rsidR="002E0BF9" w:rsidRDefault="002E0BF9" w:rsidP="00E83C11">
+    <w:p w14:paraId="656E5EBA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B42157B" w14:textId="77777777" w:rsidR="002E0BF9" w:rsidRPr="00E83C11" w:rsidRDefault="002E0BF9" w:rsidP="00E83C11">
+    <w:p w14:paraId="5634E5B4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F26CC2E" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="465D05F4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E73ED36" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="79BA3A21" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="105FE4B2" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7854F1AE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49D53D5B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="6DC89D6A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17FB4089" w14:textId="77777777" w:rsidR="006B57F5" w:rsidRDefault="006B57F5" w:rsidP="00E83C11">
+    <w:p w14:paraId="444BD96D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B02086E" w14:textId="77777777" w:rsidR="006B57F5" w:rsidRPr="00E83C11" w:rsidRDefault="006B57F5" w:rsidP="00E83C11">
+    <w:p w14:paraId="2CE1166C" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149FAAD9" w14:textId="50A02EF0" w:rsidR="006C00E5" w:rsidRPr="00183BE2" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="5225EF52" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00183BE2" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C69F1B1" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="145AFE93" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1769E93F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="01E50275" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5525D679" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="499BE6B2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A1CFD4" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="7CEE0A3D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05AEB2C3" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="530BB341" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0CA5E7" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="02E8B070" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72455832" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="33C57AC6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="695568BA" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="3A03DFB7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13D39E39" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="41AA3B88" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3869B544" w14:textId="674FC007" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="000B3B14">
-      <w:pPr>
+    <w:p w14:paraId="3ABAB842" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="004D2244">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk186707752"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>QUESTIONNAIRE</w:t>
       </w:r>
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
+      <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FOR CANDIDATES FOR JUDICIAL OFFICE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A89CBDD" w14:textId="1524E2BB" w:rsidR="002D7CD0" w:rsidRDefault="00EB1958" w:rsidP="002D7CD0">
-      <w:pPr>
+    <w:p w14:paraId="283B8C60" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="004D2244">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidRPr="006520C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> check </w:t>
@@ -757,2513 +816,2002 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> box</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="006520C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A0410B" w14:textId="77777777" w:rsidR="003C3EF2" w:rsidRDefault="003C3EF2" w:rsidP="00481CDD">
-[...2 lines deleted...]
-        <w:ind w:right="58"/>
+    <w:p w14:paraId="0F8514E5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="004D2244">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B23F275" w14:textId="79C77795" w:rsidR="00AC70D0" w:rsidRDefault="00EB1958" w:rsidP="00B70F56">
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+    <w:p w14:paraId="7F7F5CBF" w14:textId="5DC27B9E" w:rsidR="002061E7" w:rsidRPr="00551D72" w:rsidRDefault="002061E7" w:rsidP="0052124A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D03E85">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000442DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Commissioner of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00892653">
+        <w:t>Judge of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Superior</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000442DB">
+        <w:t xml:space="preserve"> Family </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2244">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Court</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C3617">
+        <w:t>Court</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> - I am a judicial </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- I am a judicial officer or an </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C3617">
+      <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>officer</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attorney</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C3617">
+      <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or an attorney and I am seeking appointment as </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I am seeking appointment as a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002C3617">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Judge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>o</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Family Court, Kent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00892653">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006B78B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Superior</w:t>
-      </w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ue to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> creation of a new judicial office in Kent County</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5F505FBC" w14:textId="77777777" w:rsidR="00ED202B" w:rsidRDefault="002061E7" w:rsidP="0052124A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B6B4FB" w14:textId="26B094FC" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...123 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC10F43" w14:textId="77777777" w:rsidR="00680022" w:rsidRDefault="00680022" w:rsidP="008342F3">
+    <w:p w14:paraId="2149F506" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:hanging="720"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="627343EC" w14:textId="77777777" w:rsidR="00680022" w:rsidRDefault="00EB1958" w:rsidP="008342F3">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D49B9FA" w14:textId="26C85837" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1008"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...57 lines deleted...]
-        <w:r w:rsidR="00A95913" w:rsidRPr="0075313C">
+        <w:t xml:space="preserve"> You must use the version of the Questionnaire that was supplied on the website. (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="0075313C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://courts.delaware.gov/career/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A95913">
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Notice of Vacancy</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidR="001130B9" w:rsidRPr="006A18A3">
+        <w:t xml:space="preserve">) where the Notice of Vacancy for the judicial position you are applying for was posted. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40233">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B84E9B" w:rsidRPr="006A18A3">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00D40233">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Previous versions of the Questionnaire may be rejected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555C840F" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1008"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00707AA6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...17 lines deleted...]
-    <w:p w14:paraId="0662A818" w14:textId="77777777" w:rsidR="00C943FC" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t xml:space="preserve"> Please provide all information requested and answer all questions completely.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B1A55A" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1008"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="761DE913" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...15 lines deleted...]
-        <w:tab/>
+        <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide your answers within the </w:t>
-[...90 lines deleted...]
-    <w:p w14:paraId="11D75B64" w14:textId="77777777" w:rsidR="00C21BF5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:tab/>
+        <w:t xml:space="preserve">Please provide your answers within the Questionnaire.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You should only supply attachments for writing samples and the documents requested in Questions 18, 20, and 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC86DB7" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...95 lines deleted...]
-    <w:p w14:paraId="0DD9C76D" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="748375A3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5.</w:t>
+        <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The completed </w:t>
-[...7 lines deleted...]
-        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide a copy of your current </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t>signed/notarized Waivers</w:t>
+        <w:t>Resume</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Biographical Statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issued by you or with your consent by including it at the end of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and Resume</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="76C447A2" w14:textId="3A501159" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t>your Questionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6DEA7E" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...56 lines deleted...]
-    <w:p w14:paraId="62FD040A" w14:textId="41DE17A0" w:rsidR="00C60970" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7244DDA1" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">due to size limitations </w:t>
-[...98 lines deleted...]
-    <w:p w14:paraId="677DFAAE" w14:textId="127AA016" w:rsidR="00684DBD" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:tab/>
+        <w:t>The completed Questionnaire, signed/notarized Waivers, and Resume/Biographical Statement should be saved together as one PDF and named as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F76D96" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Last name, First initial </w:t>
-[...16 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Last name, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Part 1</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F90ECF2" w14:textId="6706C3D8" w:rsidR="005D1681" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t xml:space="preserve"> initial Application (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Doe, J Application).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E2BC7B" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...64 lines deleted...]
-    <w:p w14:paraId="15DEB651" w14:textId="77777777" w:rsidR="005D1681" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D33F652" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1C04EFF5" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If due to size limitations you are required to break the Questionnaire/Waivers/Resume or Biographical Statement into more than one PDF, please name them as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7D9807" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>7.</w:t>
-      </w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Last name, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...24 lines deleted...]
-      </w:r>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> named as follows:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04765C21" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t xml:space="preserve"> initial Application Part 1 of ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563E48A4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Last name, First Initial Attachment 1</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="4BB91476" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t xml:space="preserve">Last name, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initial Application Part 2 of ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E759E69" w14:textId="3E8D766D" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Last name, First Initial Attachment 2</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="1652CEBB" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+      </w:r>
+      <w:r w:rsidR="00ED202B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D87136" w14:textId="77777777" w:rsidR="00A027CA" w:rsidRDefault="00A027CA" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="01D1A9F0" w14:textId="77777777" w:rsidR="002E41C5" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714AEC05" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:p w14:paraId="63711308" w14:textId="4893C899" w:rsidR="00451E6B" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please provide an index of the attachments.  The index and all attachments should be saved as a separate PDF(s) and named as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624D7FC3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...41 lines deleted...]
-      </w:r>
+        <w:tab/>
+        <w:t>Last name, First Initial Attachment 1 of __</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522B5719" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and Attachments via email to </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="009C09BD" w:rsidRPr="00C32C9F">
+        <w:tab/>
+        <w:t>Last name, First Initial Attachment 2 of __</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB3AC72" w14:textId="70B2BA37" w:rsidR="00ED202B" w:rsidRDefault="00ED202B" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E19CC40" w14:textId="6545C6BF" w:rsidR="00A027CA" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5852F26E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Please submit your electronic Questionnaire and Attachments via email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00C32C9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>JNC@delaware.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EF2F74" w14:textId="792B83B3" w:rsidR="006212B9" w:rsidRPr="00D62A14" w:rsidRDefault="00EB1958" w:rsidP="000D5CB1">
+    <w:p w14:paraId="63AEC60B" w14:textId="77777777" w:rsidR="00A027CA" w:rsidRDefault="00A027CA" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...151 lines deleted...]
-    <w:p w14:paraId="27504365" w14:textId="586F29BD" w:rsidR="00D62A14" w:rsidRDefault="00EB1958" w:rsidP="00D62A14">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AEED23C" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C09BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C09BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Chairman of the Judicial Nominating Commission four (4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C09BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> printed, bound copies of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C09BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uestionnaire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Attachments. The Questionnaire should be organized in the same manner as the electronic version (as noted in paragraphs 5-6 above). Attachments should be bound </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>10.</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3BA111F3" w14:textId="79ECBDB8" w:rsidR="003727D2" w:rsidRPr="00EF2B67" w:rsidRDefault="00EB1958" w:rsidP="00D62A14">
+        <w:t>separately and may be printed double-sided and provided with the Questionnaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012B5A54" w14:textId="5943039F" w:rsidR="002061E7" w:rsidRPr="00D62A14" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...105 lines deleted...]
-    <w:p w14:paraId="0F1D8F9B" w14:textId="24884FE9" w:rsidR="002D7CD0" w:rsidRDefault="00EB1958" w:rsidP="00430B60">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3967E3E4" w14:textId="1FD52FE1" w:rsidR="00A553B9" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D62A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D62A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...7 lines deleted...]
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">Additional instructions for submission of materials </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED202B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> provided in the Notice of Judicial Vacancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7734FF5C" w14:textId="37044215" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F77ED6" w:rsidRPr="00F77ED6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47356B20" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The Questionnaire asks for the political affiliation of Applicants.  How such information will be used is informed by both the Delaware Constitution and by a Stipulated Consent Judgment and Order entered by the United States District Court for the District of Delaware on January 30, 2023.  Several courts in Delaware are subject to a “bare majority” requirement.  When a particular opening cannot be filled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a candidate affiliated with a specific political party (because such court already has a bare majority of judicial officers affiliated with such political party), then the notice for the opening will so indicate.  If the notice does </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not so</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indicate,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicants affiliated with any political party, or applicants independent of any political party, may apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F5E396" w14:textId="77777777" w:rsidR="00A553B9" w:rsidRPr="00EF2B67" w:rsidRDefault="00A553B9" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="675B95FF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F77ED6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Background checks</w:t>
       </w:r>
-      <w:r w:rsidR="00F77ED6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00D62A14">
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All Applicants are subject to and are deemed to consent to a state criminal background check that will be conducted by the State Bureau of Identification (SBI)</w:t>
       </w:r>
-      <w:r w:rsidR="00716329">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00D62A14">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IdentoGo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  In order for this </w:t>
       </w:r>
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00A8403B">
-[...16 lines deleted...]
-        <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">background check to be conducted, you must go to the following website to register for a fingerprinting appointment: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="This link opens in another tab/external link" w:history="1">
+        <w:r w:rsidRPr="00A8403B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="006EB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://uenroll.identogo.com/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please use the Personal Criminal History Report service code </w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">27RVGT </w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>when you register</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and use your</w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> personal email address with your registration</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  The appointment must be scheduled</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B" w:rsidRPr="00D62A14">
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> before the deadline for submitting this application</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the date provided with the application submission</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B" w:rsidRPr="00D62A14">
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Once you receive the link to access your criminal history report, please</w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">save and </w:t>
       </w:r>
-      <w:r w:rsidR="00716329" w:rsidRPr="00A8403B">
-[...16 lines deleted...]
-        <w:r w:rsidR="00A8403B" w:rsidRPr="00C32C9F">
+      <w:r w:rsidRPr="00A8403B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">send a copy of your criminal history report to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00C32C9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>JNC@delaware.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A8403B" w:rsidRPr="00A8403B">
+      <w:r w:rsidRPr="00A8403B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A8403B">
-[...15 lines deleted...]
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00D62A14">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  For additional information on obtaining a state criminal background check, please go to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00D62A14" w:rsidRPr="00D62A14">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D62A14">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.dsp.delaware.gov/state_bureau_of_identification.shtml</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00D62A14">
+      <w:r w:rsidRPr="00D62A14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D62A14" w:rsidRPr="00BC435E">
+      <w:r w:rsidRPr="00BC435E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C844C3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE953CC" w14:textId="77777777" w:rsidR="002D7CD0" w:rsidRDefault="002D7CD0" w:rsidP="00D62A14">
+    <w:p w14:paraId="3F963CA4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="21CEF7C8" w14:textId="068693C1" w:rsidR="00D62A14" w:rsidRDefault="00EB1958" w:rsidP="00D62A14">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01A133BA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F77ED6" w:rsidRPr="005107E2">
+      <w:r w:rsidRPr="005107E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please schedule as promptly as possible to avoid a delayed report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DEFE32" w14:textId="4CCAAF03" w:rsidR="00430B60" w:rsidRDefault="00430B60" w:rsidP="00D62A14">
+    <w:p w14:paraId="204A1960" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A8E0D5" w14:textId="492622F4" w:rsidR="00430B60" w:rsidRPr="005107E2" w:rsidRDefault="00EB1958" w:rsidP="00D62A14">
+    <w:p w14:paraId="55BC3132" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="005107E2" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date of fingerprinting appointment:  _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581E69D5" w14:textId="1C04809C" w:rsidR="00D62A14" w:rsidRDefault="00D62A14" w:rsidP="000D5CB1">
+    <w:p w14:paraId="2FB82EC8" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="03F4189E" w14:textId="7F6E153F" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="000D5CB1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E7881F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1008"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D3211B7" w14:textId="77777777" w:rsidR="00F77ED6" w:rsidRDefault="00F77ED6" w:rsidP="000D5CB1">
+    <w:p w14:paraId="185DE275" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1008"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="280989C1" w14:textId="77777777" w:rsidR="00183BE2" w:rsidRDefault="00183BE2" w:rsidP="000D5CB1">
+    <w:p w14:paraId="64C56A22" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1008"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46610F6F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="2B03797E" w14:textId="77777777" w:rsidR="008B00DC" w:rsidRDefault="00EB1958">
+    <w:p w14:paraId="04858D12" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1281A28A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1499EB58" w14:textId="2BB0719E" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="1245480D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Personal Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE65686" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="06E9CBE1" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72923E6C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="523F3035" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
@@ -3272,183 +2820,183 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">NAME: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">POLITICAL AFFILIATION: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F71BD3A" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="5D29474E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79754DFB" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="13A16450" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480" w:hanging="6480"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>2a.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Has your political affiliation changed within</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243D9663" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="319216E6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">the last two years?  If so, please explain. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BF25B6" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="4C85341F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65169779" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="2D2D5670" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EBDED6D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="3F59E3F9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3485,79 +3033,79 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>OFFICE PHONE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474A3ABA" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="0DDC6AD3" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="768BA6C3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="668988D7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45537FA4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3602,51 +3150,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>HOME PHONE:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFAD0AE" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="2F5480C2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3689,51 +3237,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>CELL PHONE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40248D9C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="57DC6592" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3776,79 +3324,79 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>E-MAIL ADDRESS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555970D0" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="1F2E11AB" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="3D317CBD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8B2B50" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C096EEF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3885,79 +3433,79 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">DATE OF BIRTH: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45688DDC" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="29A8B0A7" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="00F19C9F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5012326A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6524DE41" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3994,79 +3542,79 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>CHILDREN AND THEIR AGES:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478DBA7A" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="2D3DA117" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00D82208">
+    <w:p w14:paraId="526F4F6F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13473DC7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F19B6B6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4176,169 +3724,155 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>PAST TEN YEARS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3059C287" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00D82208">
+    <w:p w14:paraId="08833F89" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E888058" w14:textId="77777777" w:rsidR="00423039" w:rsidRDefault="00EB1958" w:rsidP="00423039">
+    <w:p w14:paraId="2E290EF6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EDUCATION</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>al information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B09EDD" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="73CB5787" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="782FC2F0" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B566DA4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">EDUCATION (including preparatory, college, and law school): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE9CEAD" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="56AAADC5" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="624899BA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4424,1718 +3958,2227 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Degree</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD9401F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="163E524F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="657DD221" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="26F33958" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="004D648F">
+    <w:p w14:paraId="6FE85D17" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB21645" w14:textId="0C01F3F0" w:rsidR="002061E7" w:rsidRPr="00AF7288" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Professional information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEBBA63" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="004D648F">
+    <w:p w14:paraId="4E09A93D" w14:textId="37C52542" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please identify all current and previous employers, the position held, dates of employment, the name of your supervisor, and, if applicable, your reason for leaving any employer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AE58BB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Employer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dates of Employment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Reason for Leaving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32289CDB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B163ED2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please describe your current practice or employment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F74E024" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C7CDD3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please describe any judicial or trial-practice experience you have had, if any, since your admission to the bar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292FDE29" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6AA1D0" w14:textId="7BCDBE47" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">If you acted as an arbitrator in the past three years, please </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85683">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the caption of each matter in which you acted as an arbitrator and the names, addresses, and telephone numbers of the attorneys involved in </w:t>
+      </w:r>
+      <w:r w:rsidR="0058554B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he arbitration</w:t>
+      </w:r>
+      <w:r w:rsidR="00677D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CE7704" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B88EC0" w14:textId="500E8697" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Identify at least </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4F97" w:rsidRPr="00C82646">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:caps/>
-[...9 lines deleted...]
-        <w:keepLines/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">matters or cases in which you have been involved with professional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>adversaries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> briefly describe your role in the matter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Please give the caption of the case or name of the matter; names, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addresses, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email address </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> current</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> telephone numbers of all the attorneys involved (including the parties each represented); and, if the matter involved litigation, the name of the judge, and civil or criminal action number.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004766C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are a sitting judge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please list </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4F97" w:rsidRPr="00C82646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recent cases you have heard; the caption of each case; civil or criminal action number; and the names, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addresses, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email address </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">telephone numbers of any attorneys involved (including the parties each represented). If the case was decided by opinion, please submit a copy of that opinion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B491B5E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="2"/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="5EABA0CA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please list any activities from which you have derived income (e.g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., self-employment, consulting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>activities, writing, speaking, royalties, or honoraria) during the last ten (10) years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794455B2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D989895" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please identify and provide copies of any books, articles, co</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lumns, scholarly publications, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">blogs, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or any other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">publications or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>articles you have authored, individually or with others.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  If you are not a sitting judge, please also submit two litigation briefs you have recently authored, if available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72225CF9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B55BC49" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Please identify all speeches </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defined here as remarks prepared in advance, for an invited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0047417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>audience,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0047417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intended to last more than 2 minutes, and that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0047417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conveyed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0047417E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your personal views)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you have given in the past ten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years in an academic, professional or community setting, and provide the texts of such speeches if available.  Speeches that were given in connection with private personal or family matters (e.g. weddings and funerals) do not need to be included.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132511DE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="102B20DB" w14:textId="43CE9261" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please identify any public offices you have held.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619835AB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274FBF3C" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">If you have previously applied for a judicial position, please state (a) the position sought, (b) the year you applied and (c) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your name was forwarded to the Governor for consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AD89CA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418BEDF6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Please identify any professional associations of which you are or have been a member.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77719869" w14:textId="2DCFB9CB" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Employer</w:t>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Position</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E83C11">
+        <w:t>Dates of Membership</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C54686">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Dates of Employment</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Currently a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Reason for Leaving</w:t>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>? (Y/N)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF0F312" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="0023702F" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F3C31C0" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00D82208">
-[...43 lines deleted...]
-    <w:p w14:paraId="00A6FC6E" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="4123B19D" w14:textId="5B3750C7" w:rsidR="00752391" w:rsidRDefault="002061E7" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>16.</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="212EA7F5" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please identify any civic, religious, charitable, fraternal or educational organizations of which you are or have been a member, officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or director since graduating from college</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and include the time periods of your involvement with each organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1161A928" w14:textId="77777777" w:rsidR="00752391" w:rsidRDefault="00752391" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Dates of Membership</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Currently a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>? (Y/N)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169E09AD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="661589EC" w14:textId="5C202A90" w:rsidR="00752391" w:rsidRPr="009A4F97" w:rsidRDefault="002061E7" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...50 lines deleted...]
-    <w:p w14:paraId="6CF3E7BD" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92634" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lease </w:t>
+      </w:r>
+      <w:r w:rsidR="001A31D9" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:r w:rsidR="00445E14" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your social media identifiers (also known as </w:t>
+      </w:r>
+      <w:r w:rsidR="00445E14" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a ‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>handle</w:t>
+      </w:r>
+      <w:r w:rsidR="00445E14" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) used </w:t>
+      </w:r>
+      <w:r w:rsidR="002100FB" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at any time during the last ten (10) years </w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on any of the following platforms</w:t>
+      </w:r>
+      <w:r w:rsidR="002100FB" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002100FB" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LinkedIn, Facebook, Instagram, X (formerly Twitter), TikTok, YouTube, Snapchat</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71678" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Reddit</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63591440" w14:textId="2197D8E5" w:rsidR="00752391" w:rsidRDefault="00FA5639" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="640E2C37" w14:textId="22E55A76" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00D82208">
+      <w:r w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Social Media Platform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C92634" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Unique Username</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0737E828" w14:textId="77777777" w:rsidR="007B7E34" w:rsidRDefault="007B7E34" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
-        <w:rPr>
-[...151 lines deleted...]
-    <w:p w14:paraId="0EC32774" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="006C00E5" w:rsidP="00D82208">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9278FB" w14:textId="06E4821E" w:rsidR="00AA43A4" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
-        <w:rPr>
-[...734 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="2" w:name="3"/>
       <w:bookmarkStart w:id="3" w:name="4"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-    </w:p>
-    <w:p w14:paraId="0D85DB2D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00D82208">
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>27.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00752391" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please identify any avocational interests or hobbies.</w:t>
+      </w:r>
+      <w:r w:rsidR="00752391">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BAB453" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E83C11">
-[...13 lines deleted...]
-        <w:tab/>
+    </w:p>
+    <w:p w14:paraId="7C8FF84A" w14:textId="77777777" w:rsidR="00AB30E1" w:rsidRDefault="002061E7" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please provide the names, </w:t>
       </w:r>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current addresses, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current telephone numbers </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and current email addresses </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00EC7960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are in a position </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB30E1" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>comment on your qualifications for a judicial position and of whom inquiry may be made by the Commission without embarrassment to you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C0A0B4" w14:textId="77777777" w:rsidR="00AB30E1" w:rsidRDefault="00AB30E1" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A49FAE" w14:textId="5894BC21" w:rsidR="002061E7" w:rsidRDefault="00AB30E1" w:rsidP="00C72327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please provide the names, </w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">current addresses, </w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00EF2B67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">current </w:t>
       </w:r>
-      <w:r w:rsidR="0026495C">
-[...15 lines deleted...]
-      <w:r w:rsidR="0026495C">
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">telephone numbers </w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and current email addresses </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E83C11">
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC7960">
+      <w:r w:rsidR="002061E7" w:rsidRPr="00EC7960">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>three</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="6335FEF3" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who have worked with you in administrative support staff positions, such as your current or </w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">former secretary, to whom inquiry can be made by the Commission. For each person, please also indicate when you worked with the person and in what capacity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673426F9" w14:textId="77777777" w:rsidR="0044151D" w:rsidRDefault="0044151D" w:rsidP="00C72327">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2982938F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
-[...111 lines deleted...]
-    <w:p w14:paraId="365542A7" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="009921CD">
+    <w:p w14:paraId="2B8EAE30" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>LICENSE information</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7FEAD7BB" w14:textId="022BBAEB" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="009921CD">
+        <w:t>LICENSE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4586DD96" w14:textId="02612C71" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="00AB30E1" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>29</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
-[...39 lines deleted...]
-    <w:p w14:paraId="495CC910" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please list all </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44B58" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jurisdictions</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6CEB" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which you have been admitted</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6CEB" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to practice</w:t>
+      </w:r>
+      <w:r w:rsidR="00937F96" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a member of the bar</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="009A4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EFA605" w14:textId="6847CFC4" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6166,6259 +6209,7086 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Date of Admission</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Good Standing (Y/N)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079A5896" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="4366C5E9" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="2571D0EE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AFE6833" w14:textId="77777777" w:rsidR="00011327" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Has your license to practice law in any jurisdiction ever been withdrawn, suspended, or revoked?  If so, </w:t>
-[...7 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Has your license to practice law in any jurisdiction ever been withdrawn, suspended, or revoked?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A690DC9" w14:textId="3EFD1E2E" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00011327">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If so,</w:t>
+      </w:r>
+      <w:r w:rsidR="00011327">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">please </w:t>
       </w:r>
-      <w:r w:rsidR="007A5C76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide an </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>explanation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C360CC" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="4B428AE5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A655430" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="593F9D0B" w14:textId="77777777" w:rsidR="00011327" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Has any disciplinary action ever been taken in connection with any of your licenses to practice law?  If </w:t>
-[...7 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Has any disciplinary action ever been taken in connection with any of your licenses to practice law?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D759D8" w14:textId="6A66C0BC" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00011327">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r w:rsidR="00011327">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">so, please </w:t>
       </w:r>
-      <w:r w:rsidR="007A5C76">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide an </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>explanation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5BACB8" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="63FE15A3" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="2A9E8777" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EBFAB76" w14:textId="4627609A" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Please list any applications for professional licenses or certifications that were denied and the reason(s) </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="259105BA" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+      </w:r>
+      <w:r w:rsidR="00AF7288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Have you had</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any application for </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professional license or certification denied</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7288">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133BE92D" w14:textId="64644780" w:rsidR="00AF7288" w:rsidRPr="00E83C11" w:rsidRDefault="00AF7288" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so, please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>explanation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A218F6E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47957F8B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00031FE0">
+    <w:p w14:paraId="34884654" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TAX INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4AE291" w14:textId="62AE6ADD" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00031FE0">
+    <w:p w14:paraId="6AFED669" w14:textId="5BE1B1AC" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Have you (and your spouse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if married, filing jointly) filed all required federal, state, local, and foreign income tax returns?  If the answer is no, please explain why.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D746870" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="600" w:hanging="600"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05D778EB" w14:textId="0B17E8E8" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Have you (and your spouse</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4CE2C42B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+        <w:t>Have you (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your spouse, if married, filing jointly) ever filed a late tax return without a valid extension?  If so, describe the circumstances and resolution of the matter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364675E3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="600" w:hanging="600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="328C8A40" w14:textId="2E44AFE0" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
-[...5 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+    <w:p w14:paraId="482546E1" w14:textId="7E21A47C" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Have you (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="54A090EA" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+        <w:t>Have you ever paid any tax penalties?  If so, describe the circumstances and the resolution of the matter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591CEF2B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="600" w:hanging="600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EE44EC7" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="46101EC3" w14:textId="615080CE" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Have you ever paid any tax penalties?  If so, describe the circumstances and the resolution of the matter.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="07AF061B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+        <w:t xml:space="preserve">Has a tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other collection procedure ever been instituted against you or your spouse by federal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or local authorities?  If so, describe the circumstances and resolution of the matter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7378E605" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="600" w:hanging="600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6089FD2B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="001D3D17" w14:textId="4F49484B" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00AB30E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Has a tax lien or other collection procedure ever been instituted against you or your spouse by federal, </w:t>
-[...66 lines deleted...]
-        <w:tab/>
         <w:t xml:space="preserve">Have you ever been or do you expect to be the subject of any tax, financial, or other audit or inquiry?  If </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>so, please describe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349D5103" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="1239C087" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00557B29">
+    <w:p w14:paraId="7CBD44CA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0404E463" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>COMPETENCY INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9BA5C0" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="4ABA5426" w14:textId="3DD4C385" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00C201A6">
-[...5 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="00CD0E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">For the questions in this section, the following terms have the meaning below: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A32A51F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="53F55F17" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="693B19C2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B580D28" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">“Ability to perform the essential functions of a judge” means: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074DE47A" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...40 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="66CABD32" w14:textId="0575C343" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(i)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ability to analyze legal issues to reach reasoned legal judgments; </w:t>
-[...29 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">The ability to analyze legal issues to reach reasoned legal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>judgments;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC90A39" w14:textId="0BA043E1" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ability to evaluate the credibility of witnesses; </w:t>
-[...29 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">The ability to evaluate the credibility of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>witnesses;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D99E520" w14:textId="4EBC329A" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ability to make factual determinations from competing presentations; </w:t>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">The ability to make factual determinations from competing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>presentations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F7F435" w14:textId="60B811B0" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="5"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:tab/>
         <w:t>(iv)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ability to make decisions in a timely fashion; </w:t>
-[...29 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">The ability to make decisions in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fashion;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A609190" w14:textId="4F2C2F61" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(v)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ability to serve in a fair, impartial, and unbiased manner; </w:t>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">The ability to serve in a fair, impartial, and unbiased </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BD01FA" w14:textId="5D2CF98A" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(vi)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The ability to communicate orally and in writing, in an articulate and logical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F01A44B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(vii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The ability to demonstrate honesty, integrity, patience, open-mindedness, courtesy, tact, compassion, and humility in performing judicial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>functions;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D08AE3B" w14:textId="1823795E" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(viii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The ability to exercise control over court proceedings; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0110F73D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...111 lines deleted...]
-        </w:rPr>
         <w:t>(ix)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The ability to perform the above functions for a minimum of eight hours per day, five days per week (or such other times as Court may be in session), on a consistent basis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052228D5" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="02E97E8F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A85177F" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="52A8EB8C" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">“Reasonable Accommodation” means a change needed: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE32BBE" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...59 lines deleted...]
-        <w:ind w:left="2160" w:hanging="720"/>
+    <w:p w14:paraId="2AD9A217" w14:textId="77777777" w:rsidR="00B71E27" w:rsidRPr="00E83C11" w:rsidRDefault="00B71E27" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D7A9F9F" w14:textId="1D8D6533" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure equal opportunities in the candidate evaluation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>process;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144A99BD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">to enable a qualified individual with a disability to perform the essential functions of a judge; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBEADD9" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
-[...5 lines deleted...]
-        <w:ind w:left="2160" w:hanging="720"/>
+    <w:p w14:paraId="0CF8AE9F" w14:textId="59D08731" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">to enable a disabled judge to enjoy equal benefits and privileges of employment with non- disabled judges. </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="068EE3F9" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+        <w:t>to enable a disabled judge to enjoy equal benefits and privileges of employment with non- disabled judges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232EA55B" w14:textId="77777777" w:rsidR="00AF7288" w:rsidRDefault="00AF7288" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07825D76" w14:textId="2F48328A" w:rsidR="00AF7288" w:rsidRPr="00E83C11" w:rsidRDefault="00AF7288" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>~</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4FBDC3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2FBDEC" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Do you currently possess the physical and mental ability to perform the essential functions of a judge, with or without a reasonable accommodation? </w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+        <w:t xml:space="preserve">Do you currently possess the physical and mental ability to perform the essential functions of a judge, with or without </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accommodation? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F0C736" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDA9827" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="4C0BD567" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="4E173C15" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C68C6D2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Are you currently using illegal drugs, or do you habitually use illegal drugs on a recreational basis or otherwise? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D06A3F6" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="43CE40DF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="02CD0284" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">No____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9B885F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCB8ACB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Do you frequently fail to take any lawful medications which enable you to perform the essential functions of a judge? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB1DD63" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B870504" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D85393" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you typically consume alcoholic beverages to such an extent that your ability to perform the essential functions of a judge is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or will be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impaired? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421EEC75" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE63608" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...320 lines deleted...]
-    <w:p w14:paraId="26247E96" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="3762126E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4869DC34" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="6"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Are you a compulsive gambler, or have you ever been diagnosed or received treatment, therapy, or counseling for compulsive gambling? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6118FAEF" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...57 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+    <w:p w14:paraId="28EEC315" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C26AA6C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="134A8190" w14:textId="6D60AC6C" w:rsidR="00301DB2" w:rsidRDefault="00EB1958" w:rsidP="00DB1CAE">
+    <w:p w14:paraId="6ABEB8DE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C71E5A" w14:textId="0B7A3567" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the ans</w:t>
       </w:r>
-      <w:r w:rsidR="00965EDD">
-[...5 lines deleted...]
-        <w:t>wer to subpart (a) of Question 38</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wer to subpart (a) of Question 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0E7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is “no”, or if the answer to subparts (b), (c), (d) or (e) is “yes”, please provide a complete explanation, including the nature, history and treatment of any such behavior.  If the answ</w:t>
       </w:r>
-      <w:r w:rsidR="00965EDD">
-[...5 lines deleted...]
-        <w:t>er to subpart (a) of Question 38</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er to subpart (a) of Question 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E062A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is “no”, please complete the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F129B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attached Medical Waiver and Consent</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and annex the executed and notarized form to your </w:t>
       </w:r>
-      <w:r w:rsidR="00654555">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Questionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF5AEA3" w14:textId="77777777" w:rsidR="000C631C" w:rsidRDefault="000C631C" w:rsidP="00E83C11">
+    <w:p w14:paraId="3EE42648" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C591FC5" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="519D6BDA" w14:textId="02E2CA9D" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="00CD0E7F" w:rsidP="00AF7288">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>39</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00954D0D" w:rsidRPr="00E83C11">
+      <w:r w:rsidR="002061E7" w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">HAVE YOU: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722493B7" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...103 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+    <w:p w14:paraId="1F3F5FEA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00AF7288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D4F660E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been subject to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a finding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of professional misconduct? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2296FCA0" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FCBB74" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="55AFFD33" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="156653C1" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A7CD7C" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Ever been charged with a misdemeanor or felony? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B915FDF" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...57 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+    <w:p w14:paraId="4F24025F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EFBE9C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="09705C3D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="337BE748" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336476CB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ever been subject to any civil or administrative actions?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368F437D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="75C47B67" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">No____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBF0D17" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7565E9C5" w14:textId="3A25545F" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ever been convicted of (or pled guilty</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76C45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no contest to) a traffic violation within the past </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C6102B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>five (5) years?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E55BB5D" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">No____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A01C176" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417FCEA7" w14:textId="1407D620" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been convicted of (or pled guilty or no contest to or accepted first offender status for) the offense of Driving Under the Influence?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106C3818" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A502B13" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...126 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+    <w:p w14:paraId="22B0A219" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D476774" w14:textId="17B44BDE" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(f) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Any circumstance in your professional or personal life that creates a substantial question as to your qualifications or ability to serve in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udicial office? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C4BAF9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF0ACEE" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...141 lines deleted...]
-        <w:t xml:space="preserve">Yes____ </w:t>
+    <w:p w14:paraId="1A45CB0F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="028BC7CF" w14:textId="486771A6" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(g) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ever filed a personal petition in bankruptcy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bankruptcy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>petition filed against you?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21030109" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4B6F72" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67FF0C3A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(h)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ever owned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than 25% of the issued and outstanding shares or acted as an officer or director of any corporation by which or against which a petition in bankruptcy has been filed? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105853BE" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">No____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60595390" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...444 lines deleted...]
-    <w:p w14:paraId="1AFB1C0C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="27916CAD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1102FBB9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(i) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Ever been a party to a lawsuit: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6FA9AA" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    <w:p w14:paraId="4BE9213B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0CCCA62B" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">No____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ACA62E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F701311" w14:textId="0E80F67C" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the answer to any of these </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uestions</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 (a)-(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidR="0055358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yes</w:t>
+      </w:r>
+      <w:r w:rsidR="0055358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009675FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>explanation</w:t>
+      </w:r>
+      <w:r w:rsidR="009675FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00133126">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099863A6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1530" w:hanging="810"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36337D25" w14:textId="7B1AF170" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00133126">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Are you aware of anything which may require you to recuse or disqualify yourself from hearing a case if you are appointed to serve </w:t>
+      </w:r>
+      <w:r w:rsidR="0055358F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="0055358F" w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udicial office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If so, please describe the circumstances where you may be required to recuse or disqualify yourself. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7054C3DD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="020F63C1" w14:textId="4E9F97FB" w:rsidR="00B8388E" w:rsidRPr="003E20D4" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00133126">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B8388E" w:rsidRPr="003E20D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Within the subject matter jurisdiction of the Court to which you are applying, what is/are the area[s] of substantive law that you believe you have a deep breadth of professional knowledge and experience, and why?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14322CAE" w14:textId="2372A6DA" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E8D6C4" w14:textId="24CAF080" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00133126">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C4007E" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please explain in your own words what meaning you ascribe to notions of (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C4007E" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i) ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C4007E" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>judicial independence’ and (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C4007E" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ii) ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C4007E" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>judicial restraint’</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41DE0" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00175B99" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>--</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41DE0" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B505D" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF382C" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dentify and explain a</w:t>
+      </w:r>
+      <w:r w:rsidR="005B505D" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Delaware Supreme Court </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06881" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="005B505D" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you believe </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06881" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exemplifies on</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B35" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06881" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or both of</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5B35" w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> those notions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB55A92" w14:textId="77777777" w:rsidR="00CE0D91" w:rsidRDefault="00CE0D91" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="425833C2" w14:textId="0235C268" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00B71E27">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61FDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State the reasons why you believe you </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a qualified candidate for the judicial </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD405E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">position </w:t>
+      </w:r>
+      <w:r w:rsidR="009960BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>currently seek. If you currently hold that position, please state the reasons why you should be reappointed.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="7"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="4CC67F74" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="0055358F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1530" w:right="720" w:hanging="810"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F260B4D" w14:textId="77777777" w:rsidR="00702F5C" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please sign this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and sign and have notarized the attached Waiver of Confidentiality.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1D0C42" w14:textId="77777777" w:rsidR="00702F5C" w:rsidRDefault="00702F5C" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF954BF" w14:textId="618C4417" w:rsidR="00702F5C" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you answered “no” to Question 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00702F5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a), please sign and have notarized the attached Medical Waiver and Consent.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54553687" w14:textId="77777777" w:rsidR="00702F5C" w:rsidRDefault="00702F5C" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50357D13" w14:textId="77777777" w:rsidR="00B71E27" w:rsidRDefault="00B71E27" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76146725" w14:textId="3E6C1B04" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="00702F5C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Please email </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the completed Questionnaire and Attachments (following the instructions on page 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>JNC@</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>delaware.gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C5E6C3" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E32851B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0329347B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ECEF3BA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DATE: _________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">SIGNED: _______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44690462" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BD9FDF8" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F0C8D1" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>MEDICAL WAIVER AND CONSENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6454DCD4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A8A83A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please complete this Medical Waiver and Consent if you answered “no</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” to subpart (a), of Question 38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Questionnaire.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Judicial Nominating Commission reserves its right to ask </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide additional information or seek additional written consent for disclosure of medical or other information at any stage in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4A9289" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE466F6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The undersigned hereby waives the physician-patient privilege of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>confidentiality, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does hereby consent that the Delaware Judicial Nominating Commission may examine and copy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical records bearing upon </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present state of health in the custody of any physician or health care agency. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074ED95E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76F59122" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The undersigned acknowledges that this Medical Waiver and Consent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>expires</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one hundred and twenty (120) days after the below-listed date unless the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notifies the Judicial Nominating Commission in writing of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> intent to revoke it prior to the expiration date.  The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> understands that any action taken in reliance on this Medical Waiver and Consent cannot be reversed, and any such revocation will not affect those actions.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CDC913" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A7C455" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This Medical Waiver and Consent does not authorize re-disclosure of information obtained by the Judicial Nominating Commission absent the express written consent of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7923AFF7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="692294AF" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EAEFB60" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EE911A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60417CC4" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       (Signature of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5C61BD" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="321E7723" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CD4DA2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STATE OF DELAWARE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40282A7A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ss. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF25001" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COUNTY OF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF40D5A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46B1317A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C3F1DC" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      The undersigned, upon oath, deposes and states as follows: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the person whose signature appears hereinabove on the instrument entitled “Medical Waiver and Consent”; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> read the same and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aware of the content thereof; that the same is true and correct according to the best knowledge and belief of the undersigned; and that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> executed the same freely and voluntarily. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762244E8" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BBA7D22" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5F36C6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       (Signature of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC53753" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E84C7B" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CB0903" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">SWORN TO AND SUBSCRIBED before me this ____ day of ______________, 20__ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69259B5E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C658D6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4AF4F6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA47ECC" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Notary Public </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA134A5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="8"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="0C6D844C" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60790FBB" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5D54A6" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>WAIVER OF CONFIDENTIALITY -</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A85245E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAW ENFORCEMENT, PROFESSIONAL DISCIPLINARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D10F9A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BODIES, JUDICIAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DISCIPLINARY BODIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F505E8A" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39479492" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The undersigned hereby waives the benefits of any statute, rule or regulation prescribing confidentiality of records of any state or federal law enforcement agency, any administrative or disciplinary Committee of the State of Delaware, including but not limited to the National Crime Information Center, the State Bureau of Identification, the Board on Professional Responsibility of the Supreme Court, the Office of Disciplinary Counsel of the Supreme Court, the Board of Bar Examiners of the Supreme Court, the Court on the Judiciary of the State of Delaware and the Commission on Continuing Legal Education; and does authorize and request every person, firm, company, corporation, governmental agency, court, association or institution having control of any documents, records or other information pertaining to the undersigned (including, but  not limited to, each of the organizations listed above), to furnish to the Judicial Nominating Commission any such information, including documents, records, files regarding charges or complaints filed against the undersigned, formal or informal, pending or closed, or any other pertinent data, and to permit the Judicial Nominating Commission or any of its members, agents or representatives to inspect and make copies of such documents, records, and other information.  The undersigned does hereby release and discharge the Judicial Nominating Commission, its individual members as now or hereafter constituted, their agents and representatives, the Office of the Governor of the State of Delaware, and any person so furnishing information, from any and all liability of every nature and kind arising out of the furnishing of information to or investigation made by the Judicial Nominating Commission or in any way arising out of the release and use of information so provided concerning the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and hereby authorizes the Governor of the State of Delaware, after a conditional offer of employment, to obtain from </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> physician(s) a full report of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>candidate’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present physical condition, and further authorizes said physician(s) to prepare and release such report to the Governor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F129B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  The undersigned agrees and acknowledges that the Judicial Nominating Commission may disclose certain information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concerning the undersigned’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including a copy of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Questionnaire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to the Committee on Judicial Appointments of the Delaware State Bar Association. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1B86F9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D15C171" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077B53E6" w14:textId="3DEB9517" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      (Signature of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Candidate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214E473E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530FE133" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...1241 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">STATE OF DELAWARE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143FD80E" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...1243 lines deleted...]
-    <w:p w14:paraId="2B14889C" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="233F4CE7" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">STATE OF DELAWARE </w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="4DC98CDB" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">)     ss. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E75F88F" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...35 lines deleted...]
-    <w:p w14:paraId="482D92A3" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+        <w:t xml:space="preserve">COUNTY OF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E83C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECD5A19" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E83C11">
-[...41 lines deleted...]
-    <w:p w14:paraId="175F5255" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
+    </w:p>
+    <w:p w14:paraId="470623E2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The undersigned, upon oath, deposes and says as follows: that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I am</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the person whose signature appears hereinabove on the instrument entitled “Waiver of Confidentiality — Law Enforcement, Professional Disciplinary Bodies, Judicial Disciplinary Bodies”; that </w:t>
       </w:r>
       <w:r>
@@ -12432,51 +13302,51 @@
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aware of the content thereof; that the same is true and correct according to the best knowledge and belief of the undersigned; and that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> executed the same freely and voluntarily. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A18F02" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="519B74C9" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12511,51 +13381,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">_____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F81451" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="53DC1B22" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12589,132 +13459,132 @@
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                 (Signature of </w:t>
       </w:r>
-      <w:r w:rsidR="000D5CB1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Candidate</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78306A66" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="006C00E5" w:rsidP="00E83C11">
-[...13 lines deleted...]
-    <w:p w14:paraId="746EB85F" w14:textId="5BD903C1" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="3E09D892" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AC61E20" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SWORN TO AND SUBSCRIBED before me this ____ day of __________, 20__ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F71F24F" w14:textId="77777777" w:rsidR="00DE3D2F" w:rsidRPr="00E83C11" w:rsidRDefault="00DE3D2F" w:rsidP="00E83C11">
-[...27 lines deleted...]
-    <w:p w14:paraId="6FD28131" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="00E83C11" w:rsidRDefault="00EB1958" w:rsidP="00E83C11">
+    <w:p w14:paraId="2685E31F" w14:textId="77777777" w:rsidR="006B78B3" w:rsidRPr="00E83C11" w:rsidRDefault="006B78B3" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B108D2" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DAC39D5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRPr="00E83C11" w:rsidRDefault="002061E7" w:rsidP="002061E7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12749,51 +13619,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">_____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B31A8D" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00F129B7">
+    <w:p w14:paraId="388395EB" w14:textId="11C37571" w:rsidR="00A85B16" w:rsidRDefault="002061E7" w:rsidP="006B78B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
@@ -12833,237 +13703,428 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           Notary Public </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_wd_lastPlace"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:sectPr w:rsidR="006C00E5" w:rsidSect="0047417E">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="00A85B16" w:rsidSect="002061E7">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="720" w:bottom="1440" w:left="720" w:header="360" w:footer="887" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12428976" w14:textId="77777777" w:rsidR="0094619F" w:rsidRDefault="0094619F">
+    <w:p w14:paraId="5F562A9F" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="241EEE13" w14:textId="77777777" w:rsidR="0094619F" w:rsidRDefault="0094619F">
+    <w:p w14:paraId="3B542480" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2C2F5354" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRPr="000761DF" w:rsidRDefault="006C00E5" w:rsidP="00F129B7">
-[...6 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1034845569"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="00995FD3" w14:textId="19658120" w:rsidR="002061E7" w:rsidRPr="00B71E27" w:rsidRDefault="004D2244" w:rsidP="00B71E27">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00C72327">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00C72327">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00C72327">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00C72327">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C72327">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6388DCD7" w14:textId="77777777" w:rsidR="0094619F" w:rsidRDefault="0094619F">
+    <w:p w14:paraId="5CDE936A" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="014D0F33" w14:textId="77777777" w:rsidR="0094619F" w:rsidRDefault="0094619F">
+    <w:p w14:paraId="2313FAFF" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3F15B3ED" w14:textId="77777777" w:rsidR="00557B29" w:rsidRDefault="00557B29" w:rsidP="00557B29">
+  <w:p w14:paraId="137DE639" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3D35C22C" w14:textId="4FB2F025" w:rsidR="00AF7DCF" w:rsidRDefault="00EB1958" w:rsidP="00557B29">
+  <w:p w14:paraId="5FF5E582" w14:textId="363B34F4" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="DocumentID"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "DocID"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00950971">
       <w:rPr>
         <w:b/>
+        <w:bCs/>
       </w:rPr>
       <w:t>Error! Unknown document property name.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="480873FF" w14:textId="77777777" w:rsidR="006C00E5" w:rsidRDefault="00EB1958" w:rsidP="00A004EE">
+  <w:p w14:paraId="22E624AA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00A004EE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:w="1152" w:h="173" w:hRule="exact" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="721" w:y="14473" w:anchorLock="1"/>
     </w:pPr>
     <w:r>
       <w:t>[Type here]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0D0CD472" w14:textId="77777777" w:rsidR="00557B29" w:rsidRDefault="00557B29" w:rsidP="00557B29"/>
-  <w:p w14:paraId="0756EBEF" w14:textId="50E808AF" w:rsidR="00AF7DCF" w:rsidRDefault="00EB1958" w:rsidP="00557B29">
+  <w:p w14:paraId="72194C48" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29"/>
+  <w:p w14:paraId="4F906964" w14:textId="0C199405" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="DocumentID"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "DocID"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00950971">
       <w:rPr>
         <w:b/>
+        <w:bCs/>
       </w:rPr>
       <w:t>Error! Unknown document property name.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E282064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C85C0092"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E85782F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFF6DA06"/>
     <w:lvl w:ilvl="0" w:tplc="8962DEB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FAA671FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FE9C511A" w:tentative="1">
@@ -13109,310 +14170,256 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3D6A9A3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C54D54E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="844325950">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="981038425">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00954D0D"/>
-[...192 lines deleted...]
-    <w:rsid w:val="00FE57AE"/>
+    <w:rsidRoot w:val="002061E7"/>
+    <w:rsid w:val="0000004A"/>
+    <w:rsid w:val="00003861"/>
+    <w:rsid w:val="00011327"/>
+    <w:rsid w:val="000940C9"/>
+    <w:rsid w:val="00097E11"/>
+    <w:rsid w:val="000B7B56"/>
+    <w:rsid w:val="000D449C"/>
+    <w:rsid w:val="000E2AB4"/>
+    <w:rsid w:val="000F44B3"/>
+    <w:rsid w:val="00133126"/>
+    <w:rsid w:val="00175B99"/>
+    <w:rsid w:val="001A31D9"/>
+    <w:rsid w:val="001C090D"/>
+    <w:rsid w:val="001F2520"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rsid w:val="002100FB"/>
+    <w:rsid w:val="00211217"/>
+    <w:rsid w:val="00226EC6"/>
+    <w:rsid w:val="00271752"/>
+    <w:rsid w:val="0028455C"/>
+    <w:rsid w:val="002E58F0"/>
+    <w:rsid w:val="00347CFD"/>
+    <w:rsid w:val="00373736"/>
+    <w:rsid w:val="00383478"/>
+    <w:rsid w:val="0039345E"/>
+    <w:rsid w:val="003C1493"/>
+    <w:rsid w:val="003E20D4"/>
+    <w:rsid w:val="003E33AB"/>
+    <w:rsid w:val="0044151D"/>
+    <w:rsid w:val="004419EE"/>
+    <w:rsid w:val="004435A4"/>
+    <w:rsid w:val="004452FB"/>
+    <w:rsid w:val="00445E14"/>
+    <w:rsid w:val="004766C2"/>
+    <w:rsid w:val="004C5D37"/>
+    <w:rsid w:val="004C6884"/>
+    <w:rsid w:val="004D2244"/>
+    <w:rsid w:val="0052124A"/>
+    <w:rsid w:val="005271E6"/>
+    <w:rsid w:val="00551473"/>
+    <w:rsid w:val="0055358F"/>
+    <w:rsid w:val="005537E0"/>
+    <w:rsid w:val="00566724"/>
+    <w:rsid w:val="0058554B"/>
+    <w:rsid w:val="0059386A"/>
+    <w:rsid w:val="005B1390"/>
+    <w:rsid w:val="005B505D"/>
+    <w:rsid w:val="005F7C09"/>
+    <w:rsid w:val="00644911"/>
+    <w:rsid w:val="00654138"/>
+    <w:rsid w:val="006742DA"/>
+    <w:rsid w:val="00677D54"/>
+    <w:rsid w:val="006A0F14"/>
+    <w:rsid w:val="006B78B3"/>
+    <w:rsid w:val="00702F5C"/>
+    <w:rsid w:val="00752391"/>
+    <w:rsid w:val="007A4203"/>
+    <w:rsid w:val="007A6CEB"/>
+    <w:rsid w:val="007B7E34"/>
+    <w:rsid w:val="00834D29"/>
+    <w:rsid w:val="0086671D"/>
+    <w:rsid w:val="00877E6D"/>
+    <w:rsid w:val="008C0502"/>
+    <w:rsid w:val="008C09DE"/>
+    <w:rsid w:val="008C58F3"/>
+    <w:rsid w:val="00934100"/>
+    <w:rsid w:val="00937F96"/>
+    <w:rsid w:val="00950971"/>
+    <w:rsid w:val="00951229"/>
+    <w:rsid w:val="009675FC"/>
+    <w:rsid w:val="009879DB"/>
+    <w:rsid w:val="009960BA"/>
+    <w:rsid w:val="009A4F97"/>
+    <w:rsid w:val="009D5F82"/>
+    <w:rsid w:val="009E2BFA"/>
+    <w:rsid w:val="00A027CA"/>
+    <w:rsid w:val="00A32AAD"/>
+    <w:rsid w:val="00A553B9"/>
+    <w:rsid w:val="00A85B16"/>
+    <w:rsid w:val="00AA43A4"/>
+    <w:rsid w:val="00AB30E1"/>
+    <w:rsid w:val="00AF7288"/>
+    <w:rsid w:val="00B454F4"/>
+    <w:rsid w:val="00B61FDB"/>
+    <w:rsid w:val="00B71E27"/>
+    <w:rsid w:val="00B76C45"/>
+    <w:rsid w:val="00B8388E"/>
+    <w:rsid w:val="00B97E68"/>
+    <w:rsid w:val="00BB3348"/>
+    <w:rsid w:val="00C4007E"/>
+    <w:rsid w:val="00C41DE0"/>
+    <w:rsid w:val="00C54686"/>
+    <w:rsid w:val="00C72327"/>
+    <w:rsid w:val="00C82646"/>
+    <w:rsid w:val="00C92634"/>
+    <w:rsid w:val="00C941A8"/>
+    <w:rsid w:val="00CA2F89"/>
+    <w:rsid w:val="00CA7804"/>
+    <w:rsid w:val="00CB4429"/>
+    <w:rsid w:val="00CC0523"/>
+    <w:rsid w:val="00CC0E4F"/>
+    <w:rsid w:val="00CD0E7F"/>
+    <w:rsid w:val="00CD1930"/>
+    <w:rsid w:val="00CE0D91"/>
+    <w:rsid w:val="00CE70B3"/>
+    <w:rsid w:val="00D3017F"/>
+    <w:rsid w:val="00D37B16"/>
+    <w:rsid w:val="00D40233"/>
+    <w:rsid w:val="00D44B58"/>
+    <w:rsid w:val="00DB5B35"/>
+    <w:rsid w:val="00DC5905"/>
+    <w:rsid w:val="00DD02FB"/>
+    <w:rsid w:val="00DD405E"/>
+    <w:rsid w:val="00DE36C3"/>
+    <w:rsid w:val="00E062A6"/>
+    <w:rsid w:val="00E50026"/>
+    <w:rsid w:val="00E71678"/>
+    <w:rsid w:val="00E76FEA"/>
+    <w:rsid w:val="00EA197C"/>
+    <w:rsid w:val="00EA21ED"/>
+    <w:rsid w:val="00EC7DD5"/>
+    <w:rsid w:val="00ED202B"/>
+    <w:rsid w:val="00EF382C"/>
+    <w:rsid w:val="00F06881"/>
+    <w:rsid w:val="00F338D2"/>
+    <w:rsid w:val="00F3544E"/>
+    <w:rsid w:val="00F5010D"/>
+    <w:rsid w:val="00F61BB0"/>
+    <w:rsid w:val="00F70BC5"/>
+    <w:rsid w:val="00F85683"/>
+    <w:rsid w:val="00FA061B"/>
+    <w:rsid w:val="00FA5639"/>
+    <w:rsid w:val="00FD11B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="38F19433"/>
-  <w15:docId w15:val="{AD8014B3-3E5A-4488-BCC8-E3FD38427613}"/>
+  <w14:docId w14:val="685559A4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{52D303F3-8469-40E9-BB86-20AD541D9806}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13749,488 +14756,842 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B70F56"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009921CD"/>
+    <w:rsid w:val="002061E7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...1 lines deleted...]
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E83C11"/>
+    <w:rsid w:val="002061E7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E83C11"/>
+    <w:rsid w:val="002061E7"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E83C11"/>
+    <w:rsid w:val="002061E7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E83C11"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E83C11"/>
+    <w:rsid w:val="002061E7"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...28 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentID">
     <w:name w:val="DocumentID"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DocumentIDChar"/>
-    <w:rsid w:val="00557B29"/>
+    <w:rsid w:val="002061E7"/>
     <w:pPr>
       <w:framePr w:w="864" w:h="173" w:hRule="exact" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="721" w:y="14473" w:anchorLock="1"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentIDChar">
     <w:name w:val="DocumentID Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="DocumentID"/>
-    <w:rsid w:val="00557B29"/>
+    <w:rsid w:val="002061E7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="32"/>
-    </w:rPr>
-[...86 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A95913"/>
+    <w:rsid w:val="002061E7"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-[...34 lines deleted...]
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00716329"/>
+    <w:rsid w:val="002061E7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://courts.delaware.gov/career/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dsp.delaware.gov/state_bureau_of_identification.shtml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JNC@delaware.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fuenroll.identogo.com%2F&amp;data=05%7C01%7CJohn.Lloyd%40delaware.gov%7Caa09d43f4bc84d118f0b08db726fee7c%7C8c09e56951c54deeabb28b99c32a4396%7C0%7C0%7C638229597309316534%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=c7uVxQPky4QQdTIZj7q19mCH3BlSmyx82VQhbkk4qTs%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JNC@delaware.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JNC@delaware.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://courts.delaware.gov/career/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dsp.delaware.gov/state_bureau_of_identification.shtml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JNC@delaware.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gcc02.safelinks.protection.outlook.com/?url=https%3A%2F%2Fuenroll.identogo.com%2F&amp;data=05%7C01%7CJohn.Lloyd%40delaware.gov%7Caa09d43f4bc84d118f0b08db726fee7c%7C8c09e56951c54deeabb28b99c32a4396%7C0%7C0%7C638229597309316534%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=c7uVxQPky4QQdTIZj7q19mCH3BlSmyx82VQhbkk4qTs%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -14337,87 +15698,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3204</Words>
-  <Characters>18263</Characters>
+  <Words>3402</Words>
+  <Characters>18647</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>42</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>490</Lines>
+  <Paragraphs>208</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>FINAL Questionnaire_December 2024 (05852343;1).DOCX</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21425</CharactersWithSpaces>
+  <CharactersWithSpaces>21841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>FINAL Questionnaire_January 2025  (05852343.DOCX;1)</dc:title>
-  <dc:creator>Mette, Jacqueline (Governor)</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Davis, Wilson (Governor)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>