--- v2 (2026-02-05)
+++ v3 (2026-03-30)
@@ -816,257 +816,683 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> box</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="006520C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8514E5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="004D2244">
+    <w:p w14:paraId="66F330EB" w14:textId="77777777" w:rsidR="003E5478" w:rsidRDefault="003E5478" w:rsidP="004D2244">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F7F5CBF" w14:textId="5DC27B9E" w:rsidR="002061E7" w:rsidRPr="00551D72" w:rsidRDefault="002061E7" w:rsidP="0052124A">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CE5B884" w14:textId="77777777" w:rsidR="003E5478" w:rsidRPr="00551D72" w:rsidRDefault="003E5478" w:rsidP="003E5478">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000442DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Judge of the</w:t>
       </w:r>
-      <w:r w:rsidR="00654138">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Family </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D2244">
+        <w:t xml:space="preserve"> Superior Court </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- I am a judicial officer or an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attorney</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I am seeking appointment as a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Judge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Superior Court, New Castle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ue to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retirement of the Honorable Ferris W. Wharton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8514E5" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="004D2244">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7F5CBF" w14:textId="674A65FE" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="0052124A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A405CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Court</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00654138">
+        <w:t>Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000442DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Superior</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Court</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- I am a judicial officer or an </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attorney</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and I am seeking appointment as a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A405CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Judge</w:t>
+        <w:t>Commissioner</w:t>
       </w:r>
       <w:r w:rsidRPr="00776792">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="00654138">
+      <w:r w:rsidR="00165DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Family Court, Kent </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00776792">
+        <w:t>Superior</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>County</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Court, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A405CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Sussex</w:t>
+      </w:r>
+      <w:r w:rsidR="00654138">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="003C3EF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006B78B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00743ADE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ue to the</w:t>
       </w:r>
       <w:r w:rsidR="00654138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> creation of a new judicial office in Kent County</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retirement of the Honorable </w:t>
+      </w:r>
+      <w:r w:rsidR="00A405CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alicia B. Howard</w:t>
       </w:r>
       <w:r w:rsidRPr="00743ADE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="025BC4DF" w14:textId="77777777" w:rsidR="00A405CB" w:rsidRDefault="00A405CB" w:rsidP="0052124A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0136B82F" w14:textId="49DE1680" w:rsidR="00A405CB" w:rsidRPr="00551D72" w:rsidRDefault="00A405CB" w:rsidP="00A405CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000442DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family Court </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- I am a judicial officer or an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attorney</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and I am seeking appointment as a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Commissioner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Family Court, New Castle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776792">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>County</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ue to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retirement of the Honorable James J. Maxwell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AF1DD4" w14:textId="77777777" w:rsidR="00A405CB" w:rsidRDefault="00A405CB" w:rsidP="0052124A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="5F505FBC" w14:textId="77777777" w:rsidR="00ED202B" w:rsidRDefault="002061E7" w:rsidP="0052124A">
+    <w:p w14:paraId="5F505FBC" w14:textId="1AA884F6" w:rsidR="00ED202B" w:rsidRDefault="00ED202B" w:rsidP="0052124A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D03E85">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="69B6B4FB" w14:textId="26B094FC" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instructions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2149F506" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -1807,50 +2233,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E19CC40" w14:textId="6545C6BF" w:rsidR="00A027CA" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5852F26E" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2121,79 +2548,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="47356B20" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00ED202B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The Questionnaire asks for the political affiliation of Applicants.  How such information will be used is informed by both the Delaware Constitution and by a Stipulated Consent Judgment and Order entered by the United States District Court for the District of Delaware on January 30, 2023.  Several courts in Delaware are subject to a “bare majority” requirement.  When a particular opening cannot be filled </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a candidate affiliated with a specific political party (because such court already has a bare majority of judicial officers affiliated with such political party), then the notice for the opening will so indicate.  If the notice does </w:t>
+        <w:t xml:space="preserve"> a candidate affiliated with a specific political party (because such court already has a bare majority of judicial officers affiliated with such political party), then the notice for the opening will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>so indicate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  If the notice does </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not so</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4847,69 +5291,51 @@
       </w:r>
       <w:r w:rsidRPr="0047417E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defined here as remarks prepared in advance, for an invited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0047417E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>audience,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0047417E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> intended to last more than 2 minutes, and that </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> your personal views)</w:t>
+        <w:t xml:space="preserve"> intended to last more than 2 minutes, and that conveyed your personal views)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2B67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E83C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you have given in the past ten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (10)</w:t>
       </w:r>
@@ -13721,61 +14147,61 @@
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">           Notary Public </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_wd_lastPlace"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:sectPr w:rsidR="00A85B16" w:rsidSect="002061E7">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="720" w:bottom="1440" w:left="720" w:header="360" w:footer="887" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F562A9F" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
+    <w:p w14:paraId="7EBC8004" w14:textId="77777777" w:rsidR="00547A1E" w:rsidRDefault="00547A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B542480" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
+    <w:p w14:paraId="214A0866" w14:textId="77777777" w:rsidR="00547A1E" w:rsidRDefault="00547A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -13868,134 +14294,134 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00C72327">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CDE936A" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
+    <w:p w14:paraId="248CA77D" w14:textId="77777777" w:rsidR="00547A1E" w:rsidRDefault="00547A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2313FAFF" w14:textId="77777777" w:rsidR="001C090D" w:rsidRDefault="001C090D">
+    <w:p w14:paraId="45094FB8" w14:textId="77777777" w:rsidR="00547A1E" w:rsidRDefault="00547A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="137DE639" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5FF5E582" w14:textId="363B34F4" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
+  <w:p w14:paraId="5FF5E582" w14:textId="666014A4" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="DocumentID"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "DocID"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00950971">
+    <w:r w:rsidR="00F210C6">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>Error! Unknown document property name.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22E624AA" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00A004EE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:w="1152" w:h="173" w:hRule="exact" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="721" w:y="14473" w:anchorLock="1"/>
     </w:pPr>
     <w:r>
       <w:t>[Type here]</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72194C48" w14:textId="77777777" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29"/>
-  <w:p w14:paraId="4F906964" w14:textId="0C199405" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
+  <w:p w14:paraId="4F906964" w14:textId="363E7715" w:rsidR="002061E7" w:rsidRDefault="002061E7" w:rsidP="00557B29">
     <w:pPr>
       <w:pStyle w:val="DocumentID"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCPROPERTY "DocID"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00950971">
+    <w:r w:rsidR="00F210C6">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>Error! Unknown document property name.</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E282064"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C85C0092"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14180,196 +14606,210 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C54D54E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="844325950">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="981038425">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002061E7"/>
     <w:rsid w:val="0000004A"/>
     <w:rsid w:val="00003861"/>
     <w:rsid w:val="00011327"/>
     <w:rsid w:val="000940C9"/>
     <w:rsid w:val="00097E11"/>
     <w:rsid w:val="000B7B56"/>
+    <w:rsid w:val="000D3F3C"/>
     <w:rsid w:val="000D449C"/>
     <w:rsid w:val="000E2AB4"/>
     <w:rsid w:val="000F44B3"/>
     <w:rsid w:val="00133126"/>
+    <w:rsid w:val="00165DBC"/>
     <w:rsid w:val="00175B99"/>
     <w:rsid w:val="001A31D9"/>
     <w:rsid w:val="001C090D"/>
     <w:rsid w:val="001F2520"/>
     <w:rsid w:val="002061E7"/>
     <w:rsid w:val="002100FB"/>
     <w:rsid w:val="00211217"/>
     <w:rsid w:val="00226EC6"/>
     <w:rsid w:val="00271752"/>
+    <w:rsid w:val="00283692"/>
     <w:rsid w:val="0028455C"/>
     <w:rsid w:val="002E58F0"/>
     <w:rsid w:val="00347CFD"/>
     <w:rsid w:val="00373736"/>
     <w:rsid w:val="00383478"/>
     <w:rsid w:val="0039345E"/>
     <w:rsid w:val="003C1493"/>
     <w:rsid w:val="003E20D4"/>
     <w:rsid w:val="003E33AB"/>
+    <w:rsid w:val="003E5478"/>
     <w:rsid w:val="0044151D"/>
     <w:rsid w:val="004419EE"/>
     <w:rsid w:val="004435A4"/>
     <w:rsid w:val="004452FB"/>
     <w:rsid w:val="00445E14"/>
     <w:rsid w:val="004766C2"/>
+    <w:rsid w:val="004A5798"/>
     <w:rsid w:val="004C5D37"/>
     <w:rsid w:val="004C6884"/>
     <w:rsid w:val="004D2244"/>
     <w:rsid w:val="0052124A"/>
     <w:rsid w:val="005271E6"/>
+    <w:rsid w:val="00547A1E"/>
     <w:rsid w:val="00551473"/>
     <w:rsid w:val="0055358F"/>
     <w:rsid w:val="005537E0"/>
     <w:rsid w:val="00566724"/>
+    <w:rsid w:val="00583972"/>
     <w:rsid w:val="0058554B"/>
     <w:rsid w:val="0059386A"/>
     <w:rsid w:val="005B1390"/>
     <w:rsid w:val="005B505D"/>
     <w:rsid w:val="005F7C09"/>
     <w:rsid w:val="00644911"/>
     <w:rsid w:val="00654138"/>
     <w:rsid w:val="006742DA"/>
     <w:rsid w:val="00677D54"/>
+    <w:rsid w:val="00686872"/>
     <w:rsid w:val="006A0F14"/>
     <w:rsid w:val="006B78B3"/>
     <w:rsid w:val="00702F5C"/>
     <w:rsid w:val="00752391"/>
     <w:rsid w:val="007A4203"/>
     <w:rsid w:val="007A6CEB"/>
     <w:rsid w:val="007B7E34"/>
+    <w:rsid w:val="007F6058"/>
     <w:rsid w:val="00834D29"/>
     <w:rsid w:val="0086671D"/>
     <w:rsid w:val="00877E6D"/>
     <w:rsid w:val="008C0502"/>
     <w:rsid w:val="008C09DE"/>
     <w:rsid w:val="008C58F3"/>
     <w:rsid w:val="00934100"/>
     <w:rsid w:val="00937F96"/>
     <w:rsid w:val="00950971"/>
     <w:rsid w:val="00951229"/>
     <w:rsid w:val="009675FC"/>
     <w:rsid w:val="009879DB"/>
     <w:rsid w:val="009960BA"/>
     <w:rsid w:val="009A4F97"/>
     <w:rsid w:val="009D5F82"/>
     <w:rsid w:val="009E2BFA"/>
     <w:rsid w:val="00A027CA"/>
     <w:rsid w:val="00A32AAD"/>
+    <w:rsid w:val="00A405CB"/>
     <w:rsid w:val="00A553B9"/>
     <w:rsid w:val="00A85B16"/>
     <w:rsid w:val="00AA43A4"/>
     <w:rsid w:val="00AB30E1"/>
+    <w:rsid w:val="00AF66F4"/>
     <w:rsid w:val="00AF7288"/>
     <w:rsid w:val="00B454F4"/>
     <w:rsid w:val="00B61FDB"/>
     <w:rsid w:val="00B71E27"/>
     <w:rsid w:val="00B76C45"/>
     <w:rsid w:val="00B8388E"/>
     <w:rsid w:val="00B97E68"/>
     <w:rsid w:val="00BB3348"/>
     <w:rsid w:val="00C4007E"/>
     <w:rsid w:val="00C41DE0"/>
     <w:rsid w:val="00C54686"/>
     <w:rsid w:val="00C72327"/>
     <w:rsid w:val="00C82646"/>
     <w:rsid w:val="00C92634"/>
     <w:rsid w:val="00C941A8"/>
     <w:rsid w:val="00CA2F89"/>
     <w:rsid w:val="00CA7804"/>
     <w:rsid w:val="00CB4429"/>
     <w:rsid w:val="00CC0523"/>
     <w:rsid w:val="00CC0E4F"/>
     <w:rsid w:val="00CD0E7F"/>
     <w:rsid w:val="00CD1930"/>
     <w:rsid w:val="00CE0D91"/>
     <w:rsid w:val="00CE70B3"/>
     <w:rsid w:val="00D3017F"/>
     <w:rsid w:val="00D37B16"/>
     <w:rsid w:val="00D40233"/>
     <w:rsid w:val="00D44B58"/>
+    <w:rsid w:val="00D9428E"/>
     <w:rsid w:val="00DB5B35"/>
     <w:rsid w:val="00DC5905"/>
     <w:rsid w:val="00DD02FB"/>
     <w:rsid w:val="00DD405E"/>
     <w:rsid w:val="00DE36C3"/>
     <w:rsid w:val="00E062A6"/>
     <w:rsid w:val="00E50026"/>
     <w:rsid w:val="00E71678"/>
     <w:rsid w:val="00E76FEA"/>
+    <w:rsid w:val="00E807CA"/>
     <w:rsid w:val="00EA197C"/>
     <w:rsid w:val="00EA21ED"/>
     <w:rsid w:val="00EC7DD5"/>
     <w:rsid w:val="00ED202B"/>
     <w:rsid w:val="00EF382C"/>
     <w:rsid w:val="00F06881"/>
+    <w:rsid w:val="00F210C6"/>
     <w:rsid w:val="00F338D2"/>
     <w:rsid w:val="00F3544E"/>
     <w:rsid w:val="00F5010D"/>
     <w:rsid w:val="00F61BB0"/>
     <w:rsid w:val="00F70BC5"/>
     <w:rsid w:val="00F85683"/>
     <w:rsid w:val="00FA061B"/>
     <w:rsid w:val="00FA5639"/>
     <w:rsid w:val="00FD11B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -15703,70 +16143,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3402</Words>
-  <Characters>18647</Characters>
+  <Words>3267</Words>
+  <Characters>17846</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>208</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>459</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21841</CharactersWithSpaces>
+  <CharactersWithSpaces>21495</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Davis, Wilson (Governor)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>