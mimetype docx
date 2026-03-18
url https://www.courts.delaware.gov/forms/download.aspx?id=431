--- v0 (2026-01-15)
+++ v1 (2026-03-18)
@@ -93,67 +93,85 @@
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00DC0D77" w:rsidRPr="00DC0D77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79620AED" w14:textId="0520E4F1" w:rsidR="00DC0D77" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
+    <w:p w14:paraId="79620AED" w14:textId="4F546A82" w:rsidR="00DC0D77" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In and For </w:t>
+        <w:t xml:space="preserve">In and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -168,51 +186,51 @@
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> New Castle County </w:t>
+        <w:t xml:space="preserve"> New Castle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -227,51 +245,51 @@
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent County </w:t>
+        <w:t xml:space="preserve"> Kent </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5253,51 +5271,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D46A2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
@@ -11751,223 +11769,149 @@
           <w:p w14:paraId="53D2690D" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRPr="00164BAF" w:rsidRDefault="004E2B1E" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E564E95" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10710" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2250"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="111"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="8010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w14:paraId="3AA481B8" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w:rsidRPr="00164BAF" w14:paraId="6CFC1BA6" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:szCs w:val="6"/>
+            <w:tcW w:w="10710" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5411390C" w14:textId="662D22C2" w:rsidR="005B3061" w:rsidRPr="00F33E3D" w:rsidRDefault="005B3061" w:rsidP="007D2012">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Hlk156932239"/>
+            <w:r w:rsidRPr="00F33E3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Guardian Ad Litem (if any)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w14:paraId="6CFC1BA6" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="548ABFBF" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7624" w:type="dxa"/>
-[...41 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="33C66CF5" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00992134" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
-[...51 lines deleted...]
-          <w:p w14:paraId="4A7EA553" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="4A7EA553" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77994507" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="77994507" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12024,183 +11968,143 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="6FEB94DF" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="6FEB94DF" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69EAE9EF" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="69EAE9EF" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="296DFA68" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+            <w:tcW w:w="8010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="741D7713" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="69B84DA6" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="69B84DA6" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBB1A62" w14:textId="56AD5C13" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="3BBB1A62" w14:textId="56AD5C13" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Law Firm:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13F006AF" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="13F006AF" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12257,183 +12161,143 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="727445FA" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="727445FA" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E87D682" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00F90233" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="5E87D682" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00F90233" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C3D328A" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00F90233" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
-[...19 lines deleted...]
-          <w:p w14:paraId="72C88E87" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00F90233" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="1C3D328A" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00F90233" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="4EC84327" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="4EC84327" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71AD87DF" w14:textId="29C57201" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="71AD87DF" w14:textId="29C57201" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Office Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29426030" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="29426030" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12490,183 +12354,143 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="7A5279A1" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="7A5279A1" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73C5119F" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="73C5119F" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A41F486" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
-[...19 lines deleted...]
-          <w:p w14:paraId="7F4EAAF1" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="6A41F486" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="09CC743C" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="09CC743C" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49111996" w14:textId="7CEC1936" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="49111996" w14:textId="7CEC1936" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>City/State/Zip Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="300F7253" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="300F7253" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12723,183 +12547,143 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="7705C329" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="7705C329" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0393DAE5" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="0393DAE5" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A414667" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
-[...19 lines deleted...]
-          <w:p w14:paraId="1536B4A3" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRPr="00164BAF" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="5A414667" w14:textId="77777777" w:rsidR="005B3061" w:rsidRPr="00164BAF" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33E3D" w14:paraId="27024E1D" w14:textId="77777777" w:rsidTr="00F33E3D">
+      <w:tr w:rsidR="005B3061" w14:paraId="27024E1D" w14:textId="77777777" w:rsidTr="005B3061">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="331CE8B1" w14:textId="0080C6C0" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="331CE8B1" w14:textId="0080C6C0" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5374" w:type="dxa"/>
+            <w:tcW w:w="8010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77179E3F" w14:textId="77777777" w:rsidR="00F33E3D" w:rsidRDefault="00F33E3D" w:rsidP="007D2012">
+          <w:p w14:paraId="77179E3F" w14:textId="77777777" w:rsidR="005B3061" w:rsidRDefault="005B3061" w:rsidP="007D2012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12954,137 +12738,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...85 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="15"/>
     </w:tbl>
     <w:p w14:paraId="28439051" w14:textId="77777777" w:rsidR="004E2B1E" w:rsidRDefault="004E2B1E" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -24485,189 +24182,80 @@
     <w:p w14:paraId="77FF472C" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="106"/>
         <w:gridCol w:w="10573"/>
         <w:gridCol w:w="111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E03CA" w:rsidRPr="004E03CA" w14:paraId="144F191F" w14:textId="77777777" w:rsidTr="007D2012">
+      <w:tr w:rsidR="00320F53" w:rsidRPr="004E03CA" w14:paraId="144F191F" w14:textId="77777777" w:rsidTr="00320F53">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F275E08" w14:textId="4F14150E" w:rsidR="004E03CA" w:rsidRPr="004E03CA" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F275E08" w14:textId="146F9171" w:rsidR="00320F53" w:rsidRPr="004E03CA" w:rsidRDefault="00320F53" w:rsidP="004E03CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="23" w:name="_Hlk156932731"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...107 lines deleted...]
-              <w:t xml:space="preserve">    provided below what you have done to try to locate him/her/them.</w:t>
+              <w:t>2. If you do not know the name/address of the child(ren)’s Parent #1and/orParent #2, write in the space provided below what you have done to try to locate him/her/them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E03CA" w:rsidRPr="004E03CA" w14:paraId="7AD84BFB" w14:textId="77777777" w:rsidTr="004E36F0">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05E9F13C" w14:textId="77777777" w:rsidR="004E03CA" w:rsidRPr="00737419" w:rsidRDefault="004E03CA" w:rsidP="004E03CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
@@ -29513,50 +29101,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="461368FB" w14:textId="32C153A4" w:rsidR="00737419" w:rsidRPr="00737419" w:rsidRDefault="00E54D29" w:rsidP="00737419">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">6. Proposed guardian(s)’ relationship to child(ren) if proposed guardian is </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6A73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the Petitioner:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00737419" w:rsidRPr="00737419" w14:paraId="5B8AE03F" w14:textId="77777777" w:rsidTr="007D2012">
         <w:trPr>
@@ -31346,51 +30935,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="2B2F3F55" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51FE7DDC" w14:textId="4AC9A94D" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="51FE7DDC" w14:textId="3AB288FA" w:rsidR="00527AAD" w:rsidRPr="00737419" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -31497,50 +31086,58 @@
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="36"/>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F0979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parent #2</w:t>
             </w:r>
+            <w:r w:rsidR="005B3061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lack stable housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="0EEF5234" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -31550,51 +31147,51 @@
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="5282EFBA" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13FFAC55" w14:textId="0F5AF85B" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="13FFAC55" w14:textId="6E3DB416" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -31699,50 +31296,58 @@
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F0979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parent #2</w:t>
             </w:r>
+            <w:r w:rsidR="005B3061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">is/are </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dealing with substance abuse issues</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="62CE0A80" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31760,51 +31365,51 @@
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="0C92D416" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60F75C0A" w14:textId="5DFFA321" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="60F75C0A" w14:textId="5032A4F4" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -31901,50 +31506,58 @@
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="38"/>
             <w:r w:rsidR="002F0979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parent #2</w:t>
             </w:r>
+            <w:r w:rsidR="005B3061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>physical health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="312DB681" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -31954,51 +31567,51 @@
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="6B45FF2E" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="616498C7" w14:textId="1D78B36D" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
+          <w:p w14:paraId="616498C7" w14:textId="41EF134F" w:rsidR="00527AAD" w:rsidRDefault="00527AAD" w:rsidP="00527AAD">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -32094,50 +31707,58 @@
             </w:r>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D83850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="39"/>
             <w:r w:rsidR="002F0979">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parent #2</w:t>
+            </w:r>
+            <w:r w:rsidR="005B3061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mental health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527AAD" w:rsidRPr="00737419" w14:paraId="4F6B3968" w14:textId="77777777" w:rsidTr="0069498C">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -36712,303 +36333,263 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B715677" w14:textId="77777777" w:rsidR="00DC0D77" w:rsidRPr="00DC0D77" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="02B12F08" w14:textId="72651210" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
+  <w:p w14:paraId="02B12F08" w14:textId="72651210" w:rsidR="00DC0D77" w:rsidRPr="005B3061" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="571416CE" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="14E8B62F" w14:textId="77777777" w:rsidR="00B01088" w:rsidRDefault="00B01088" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3E1B1DAF" w14:textId="5CE7F918" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
+  <w:p w14:paraId="3E1B1DAF" w14:textId="5CE7F918" w:rsidR="00DC0D77" w:rsidRPr="005B3061" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
-    <w:r w:rsidR="004E2B1E">
+    <w:r w:rsidR="004E2B1E" w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>126</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="744B03CB" w14:textId="32098CE1" w:rsidR="00DC0D77" w:rsidRPr="00C23A53" w:rsidRDefault="00DC0D77">
+  <w:p w14:paraId="744B03CB" w14:textId="1C3A2FF9" w:rsidR="00DC0D77" w:rsidRPr="005B3061" w:rsidRDefault="00DC0D77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23A53">
+    <w:r w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="002F0979">
+    <w:r w:rsidR="005B3061" w:rsidRPr="005B3061">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...39 lines deleted...]
-      <w:t>.1</w:t>
+      <w:t>3/26</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12503D04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7284EDE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -37187,102 +36768,108 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="932055526">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1037781162">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lyUKn4AXuhxoQkLvEowCdkwEf7yUeWMIaOEcv5I4CBt+gYsnzLIIItgRx2n8YGP1MOppFEtBNgW6iw+F5GvaPg==" w:salt="i80r/RzY6GrekcRz3FQg6g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Al4+sgU6aCexcww9G7G8qAzhpAGvZmXo8G1fiGVVdqfPOgxs3O7DYn6RiaoVBpxWlzJUxVA0zvhPmxtCaw5iRA==" w:salt="GjuQ2pBh4rGkMBODjrpHpA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC0D77"/>
     <w:rsid w:val="000104ED"/>
     <w:rsid w:val="00013883"/>
+    <w:rsid w:val="00064AD0"/>
     <w:rsid w:val="00092EEA"/>
     <w:rsid w:val="00122A78"/>
     <w:rsid w:val="00131477"/>
     <w:rsid w:val="00163D30"/>
+    <w:rsid w:val="00171D81"/>
     <w:rsid w:val="001D4EBF"/>
     <w:rsid w:val="00200E64"/>
     <w:rsid w:val="00206FB0"/>
     <w:rsid w:val="0021521C"/>
+    <w:rsid w:val="00245D2E"/>
     <w:rsid w:val="002F0979"/>
+    <w:rsid w:val="00320F53"/>
     <w:rsid w:val="00371F4F"/>
     <w:rsid w:val="003C29F0"/>
     <w:rsid w:val="003E6CC0"/>
     <w:rsid w:val="003F60AE"/>
     <w:rsid w:val="004E03CA"/>
     <w:rsid w:val="004E2B1E"/>
     <w:rsid w:val="004E36F0"/>
     <w:rsid w:val="00513257"/>
     <w:rsid w:val="00527AAD"/>
     <w:rsid w:val="005970A4"/>
+    <w:rsid w:val="005B3061"/>
     <w:rsid w:val="00624732"/>
     <w:rsid w:val="0069498C"/>
     <w:rsid w:val="006B2211"/>
     <w:rsid w:val="006D7253"/>
     <w:rsid w:val="0073000B"/>
     <w:rsid w:val="00737419"/>
     <w:rsid w:val="007C0D36"/>
+    <w:rsid w:val="007E5836"/>
     <w:rsid w:val="00806039"/>
     <w:rsid w:val="00824553"/>
     <w:rsid w:val="0085339E"/>
     <w:rsid w:val="00875BE6"/>
     <w:rsid w:val="00877BAA"/>
     <w:rsid w:val="008864BE"/>
     <w:rsid w:val="008D46A2"/>
     <w:rsid w:val="009129B3"/>
     <w:rsid w:val="0092056C"/>
     <w:rsid w:val="009629C9"/>
     <w:rsid w:val="00992537"/>
     <w:rsid w:val="009B1BFD"/>
     <w:rsid w:val="00A44B8A"/>
     <w:rsid w:val="00A75A77"/>
     <w:rsid w:val="00AA6114"/>
     <w:rsid w:val="00B01088"/>
     <w:rsid w:val="00B077EF"/>
     <w:rsid w:val="00B8193B"/>
     <w:rsid w:val="00BB6A73"/>
     <w:rsid w:val="00BD7E9D"/>
     <w:rsid w:val="00BF2889"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00CB00AD"/>
     <w:rsid w:val="00D52978"/>
     <w:rsid w:val="00D83850"/>
@@ -38173,69 +37760,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5DFF449-406F-406C-B486-18270D68527F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1425</Words>
-  <Characters>8126</Characters>
+  <Words>1420</Words>
+  <Characters>8096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9532</CharactersWithSpaces>
+  <CharactersWithSpaces>9498</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ostroski, Audrey J (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>