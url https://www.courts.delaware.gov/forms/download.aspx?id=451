--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -329,60 +329,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD37B16" w14:textId="66233852" w:rsidR="00DC0D77" w:rsidRDefault="00A25EAC" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PETITION FOR PERMANENT GUARDIANSHIP OF A MINOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A35BA2" w14:textId="01931731" w:rsidR="00DC0D77" w:rsidRDefault="00DC0D77" w:rsidP="00DC0D77">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="63818797" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00DC0D77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="1890"/>
@@ -13363,70 +13353,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33C8A50D" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRPr="00164BAF" w:rsidRDefault="00A25EAC" w:rsidP="004537EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="007C7111" w14:textId="77777777" w:rsidR="00A25EAC" w:rsidRDefault="00A25EAC" w:rsidP="00544EB0">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="07622735" w14:textId="77777777" w:rsidR="00912B16" w:rsidRDefault="00912B16" w:rsidP="00544EB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="43" w:type="dxa"/>
           <w:right w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00544EB0" w14:paraId="6A0DFC19" w14:textId="77777777" w:rsidTr="004537EA">
         <w:trPr>
@@ -33348,51 +33318,50 @@
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63D122DE" w14:textId="28E524B9" w:rsidR="00750041" w:rsidRDefault="00750041" w:rsidP="00750041">
             <w:pPr>
               <w:ind w:left="1440"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Check26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -40344,50 +40313,51 @@
     </w:p>
     <w:p w14:paraId="6F652119" w14:textId="75A81BDF" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B3BC83" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONVICTION OR ADJUDICATION:</w:t>
@@ -42236,51 +42206,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2D973C28" w14:textId="77777777" w:rsidR="00B20B4C" w:rsidRPr="00B20B4C" w:rsidRDefault="00B20B4C" w:rsidP="006200B6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B20B4C">
         <w:rPr>
@@ -44605,114 +44574,118 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1658342924">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1607271693">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1270775132">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="185750518">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1129472998">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="684093613">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="116"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="StgwcakEFFshdA4t6zcYPxKLdMn/sdltSD139rsAlokvCab3li6s6UL+Wa5ERsmA72TWVxTd5vfbP2cctpUk+A==" w:salt="iWhei1GKYOVC8uPBYfmVWA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="imzbioGB82gQGG18VTuqoh5Tbe67k2ll7CT71QjPUbcNYTxuqm3q80Nw/BZ7brfLD5bJN5nMXij0gTig1BWFow==" w:salt="SWmC4mHhHTg9FXR8zb8zKg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC0D77"/>
     <w:rsid w:val="000104ED"/>
     <w:rsid w:val="00092EEA"/>
     <w:rsid w:val="00097A1A"/>
     <w:rsid w:val="00103BBD"/>
     <w:rsid w:val="00131477"/>
     <w:rsid w:val="00163D30"/>
     <w:rsid w:val="00206FB0"/>
     <w:rsid w:val="00277A8D"/>
     <w:rsid w:val="00367115"/>
     <w:rsid w:val="00373355"/>
     <w:rsid w:val="003E0832"/>
     <w:rsid w:val="00544EB0"/>
     <w:rsid w:val="005970A4"/>
     <w:rsid w:val="006200B6"/>
     <w:rsid w:val="006A1871"/>
     <w:rsid w:val="00710366"/>
     <w:rsid w:val="00750041"/>
     <w:rsid w:val="00804B9D"/>
     <w:rsid w:val="00824553"/>
     <w:rsid w:val="00853155"/>
     <w:rsid w:val="00912B16"/>
     <w:rsid w:val="0092056C"/>
     <w:rsid w:val="009523FE"/>
     <w:rsid w:val="00A25EAC"/>
+    <w:rsid w:val="00A3219A"/>
+    <w:rsid w:val="00A551F3"/>
     <w:rsid w:val="00AA6114"/>
     <w:rsid w:val="00B077EF"/>
     <w:rsid w:val="00B20B4C"/>
     <w:rsid w:val="00BC1AF1"/>
     <w:rsid w:val="00BD7E9D"/>
     <w:rsid w:val="00BF2889"/>
     <w:rsid w:val="00C23A53"/>
     <w:rsid w:val="00C64E29"/>
     <w:rsid w:val="00CD335E"/>
+    <w:rsid w:val="00D44BC0"/>
     <w:rsid w:val="00D951A0"/>
     <w:rsid w:val="00DA1C3E"/>
     <w:rsid w:val="00DC0D77"/>
     <w:rsid w:val="00E30B8A"/>
     <w:rsid w:val="00E5392A"/>
+    <w:rsid w:val="00E54B39"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5DDF6631"/>
@@ -45517,68 +45490,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>2758</Words>
-  <Characters>15724</Characters>
+  <Characters>15721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>131</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18446</CharactersWithSpaces>
+  <CharactersWithSpaces>18443</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ostroski, Audrey J (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>